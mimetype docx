--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -1,865 +1,1043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2A96F9E9" w14:textId="1544CFDE" w:rsidR="00C24A63" w:rsidRDefault="32AADEB6" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="32AADEB6" w14:paraId="2A96F9E9" w14:textId="1544CFDE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="38130600">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRESS RELEASE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2301BF" w14:textId="289E0648" w:rsidR="00C24A63" w:rsidRDefault="00C24A63" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="00C24A63" w14:paraId="6E2301BF" w14:textId="289E0648">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096B0885" w14:textId="59B8633E" w:rsidR="00C24A63" w:rsidRDefault="1E6E3DAF" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="096B0885" w14:textId="59B8633E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">FOR IMMEDIATE RELEASE: </w:t>
+        <w:t>FOR IMMEDIATE RELEASE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00AB3644">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="2AFD84E5" w:rsidRPr="0319A382">
-[...6 lines deleted...]
-      <w:r w:rsidR="52C20B29" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="2AFD84E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Add</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0319A382" w:rsidR="2AFD84E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="52C20B29">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
-      <w:r w:rsidR="383F8F00" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="383F8F00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">here </w:t>
       </w:r>
       <w:r w:rsidR="00AB3644">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00AB3644">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MEDIA CONTACT: Contact Name Contact phone number and email address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D30B506" w14:textId="4FEE99E1" w:rsidR="38130600" w:rsidRDefault="38130600" w:rsidP="38130600">
+    <w:p w:rsidR="38130600" w:rsidP="38130600" w:rsidRDefault="38130600" w14:paraId="2D30B506" w14:textId="4FEE99E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C7A6E7C" w14:textId="14346B90" w:rsidR="00C24A63" w:rsidRDefault="1E6E3DAF" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="1C7A6E7C" w14:textId="14346B90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HEADLINE: (</w:t>
       </w:r>
-      <w:r w:rsidR="18E9A188" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="18E9A188">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organizat</w:t>
       </w:r>
-      <w:r w:rsidR="17FD77E5" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="17FD77E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>io</w:t>
       </w:r>
-      <w:r w:rsidR="18E9A188" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="18E9A188">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name) ACCEPTING </w:t>
       </w:r>
-      <w:r w:rsidR="582FB90B" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="582FB90B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GRASSROOTS </w:t>
       </w:r>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBGRANT APPLICATIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B832B2" w14:textId="7D92478B" w:rsidR="00C24A63" w:rsidRDefault="7C7B2498" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="7C7B2498" w14:paraId="22B832B2" w14:textId="7D92478B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0757BF01" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="0757BF01">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organization</w:t>
       </w:r>
       <w:r w:rsidRPr="0319A382">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name)</w:t>
       </w:r>
-      <w:r w:rsidR="1E6E3DAF" w:rsidRPr="0319A382">
+      <w:r w:rsidRPr="0319A382" w:rsidR="1E6E3DAF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is now accepting applications for North Carolina Arts Council Grassroots Arts Program subgrants through (application deadline here).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBC3C5C" w14:textId="6BC6CB3E" w:rsidR="00C24A63" w:rsidRDefault="1E6E3DAF" w:rsidP="38130600">
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="00E005BB" w14:paraId="7BBC3C5C" w14:textId="12559D21">
       <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00E005BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In 1977, the North Carolina General Assembly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00E005BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>established</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00E005BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Grassroots Arts Program to ensure that every citizen has access to high-quality arts experiences. The program provides funding for the arts in all 100 counties in North Carolina.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00DD5487">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00DD5487">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Funds are primarily distributed through local arts councils using a per capita-based formula.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="3C3183AA" w14:paraId="5989443D" w14:textId="1A233BCB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Organiz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="04F048A3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="08985B72">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serves as the North Carolina Arts Council’s partner in awarding subgrants to local organizations for arts programs in (County Name) County. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="497688F9" w14:textId="36647125">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Applications are available for nonprofit organizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="640A887E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and organizations that are nonprofit in nature.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Funding priority is given to arts organizations (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00BE525B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">theaters, symphonies, galleries, art guilds, choral societies, dance companies, folk arts societies, writer’s groups, arts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="00BE525B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>festivals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="662C8272">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="79638D40">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="61B3E20B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), arts in education programs conducted by qualified artists, and other community organizations that provide arts programs in the county. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="598BA80A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="42DF7805">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rganizations that already receive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="189F6F18">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>funding from the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="42DF7805">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N.C. Arts Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="6BEF6F84">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are not eligible.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="6BEF6F84">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projects must occur between July 1, (year) – June </w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="5E5E9EC2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="544F323D" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (year). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="4F4C3513" w14:textId="5CA5C86F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application forms and grant guidelines are available on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="5645F38A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="0701D84E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="5645F38A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website at (website address)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="5874E180">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="72365F99">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="2EB82F45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organiz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="13C7DCF3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="2EB82F45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="72365F99">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will also mail applications and guidelines upon request. Applications must be received no later than (application deadline date). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="3FD288CF" w14:paraId="2040BFA9" w14:textId="7F2CB32B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7C81AEDA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="392CB740">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is also hosting a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="703F6099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="675A0B83">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ubgrant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="63A9259F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orkshop to assist interested applicants in preparing competitive grants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="04009E89">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(date, time and location here). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New applicants are strongly encouraged to attend. Grant applications are evaluated by a panel of community members </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="35C2778F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with awards being announced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7C81AEDA" w:rsidR="1E6E3DAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in (month) each year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="0E4FD4B5" w14:textId="416104F8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For questions or more information, contact </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="4930240D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="29E22537">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="4930240D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0319A382" w:rsidR="70B710A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>list phone number and email address.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24A63" w:rsidP="38130600" w:rsidRDefault="1E6E3DAF" w14:paraId="2C078E63" w14:textId="5A2ABA52">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="38130600">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Since 1977, the North Carolina Arts Council’s Grassroots Arts Program has provided North Carolina citizens access to quality arts experiences. Using a per capita based formula, the program provides funding for the arts in all 100 counties of the state through partnerships with local arts councils. </w:t>
-[...355 lines deleted...]
-        </w:rPr>
         <w:t># # #</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C24A63">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="true"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="6C788478"/>
+    <w:rsid w:val="001066B2"/>
+    <w:rsid w:val="00136062"/>
+    <w:rsid w:val="003C5A5E"/>
+    <w:rsid w:val="003D3280"/>
+    <w:rsid w:val="00454B28"/>
+    <w:rsid w:val="00760E60"/>
+    <w:rsid w:val="00782632"/>
     <w:rsid w:val="00A36F32"/>
+    <w:rsid w:val="00A47CE6"/>
     <w:rsid w:val="00AB3644"/>
+    <w:rsid w:val="00B157BB"/>
+    <w:rsid w:val="00BE525B"/>
     <w:rsid w:val="00C24A63"/>
     <w:rsid w:val="00D77AED"/>
+    <w:rsid w:val="00DD5487"/>
+    <w:rsid w:val="00E005BB"/>
     <w:rsid w:val="00F75603"/>
     <w:rsid w:val="0319A382"/>
     <w:rsid w:val="04009E89"/>
     <w:rsid w:val="044C76CE"/>
     <w:rsid w:val="04F048A3"/>
     <w:rsid w:val="0701D84E"/>
     <w:rsid w:val="0757BF01"/>
+    <w:rsid w:val="07F6A299"/>
     <w:rsid w:val="08985B72"/>
     <w:rsid w:val="0E2E9795"/>
     <w:rsid w:val="101C7EC0"/>
     <w:rsid w:val="10A15D48"/>
     <w:rsid w:val="12759F51"/>
     <w:rsid w:val="135B04C0"/>
     <w:rsid w:val="13C7DCF3"/>
     <w:rsid w:val="17FD77E5"/>
+    <w:rsid w:val="189F6F18"/>
     <w:rsid w:val="18E9A188"/>
     <w:rsid w:val="1E6E3DAF"/>
+    <w:rsid w:val="23C8B269"/>
     <w:rsid w:val="27DD180F"/>
     <w:rsid w:val="2876DE1A"/>
     <w:rsid w:val="28D64628"/>
     <w:rsid w:val="29E22537"/>
     <w:rsid w:val="2A9925B6"/>
     <w:rsid w:val="2AFD84E5"/>
     <w:rsid w:val="2E8F8E97"/>
     <w:rsid w:val="2EB82F45"/>
     <w:rsid w:val="32AADEB6"/>
     <w:rsid w:val="333496E5"/>
     <w:rsid w:val="34575F79"/>
+    <w:rsid w:val="3593D321"/>
     <w:rsid w:val="35C2778F"/>
     <w:rsid w:val="38130600"/>
     <w:rsid w:val="383F8F00"/>
+    <w:rsid w:val="38FE96CB"/>
     <w:rsid w:val="392CB740"/>
+    <w:rsid w:val="3B802E42"/>
     <w:rsid w:val="3C3183AA"/>
     <w:rsid w:val="3D8C5CC4"/>
     <w:rsid w:val="3E7BBC9B"/>
     <w:rsid w:val="3F6F99E3"/>
     <w:rsid w:val="3F82562D"/>
     <w:rsid w:val="3FD288CF"/>
     <w:rsid w:val="3FFBABD6"/>
     <w:rsid w:val="42DF7805"/>
     <w:rsid w:val="45DD0552"/>
     <w:rsid w:val="4930240D"/>
     <w:rsid w:val="4B403156"/>
     <w:rsid w:val="4EC1CC0E"/>
     <w:rsid w:val="5151B5F1"/>
     <w:rsid w:val="52BB0FE0"/>
     <w:rsid w:val="52C20B29"/>
+    <w:rsid w:val="544F323D"/>
     <w:rsid w:val="5645F38A"/>
     <w:rsid w:val="56BF251C"/>
     <w:rsid w:val="582FB90B"/>
     <w:rsid w:val="5874E180"/>
+    <w:rsid w:val="598BA80A"/>
     <w:rsid w:val="5CD69460"/>
     <w:rsid w:val="5E5E9EC2"/>
+    <w:rsid w:val="61B3E20B"/>
     <w:rsid w:val="63A9259F"/>
+    <w:rsid w:val="640A887E"/>
     <w:rsid w:val="645D9B77"/>
     <w:rsid w:val="64C89729"/>
     <w:rsid w:val="65057529"/>
+    <w:rsid w:val="662C8272"/>
     <w:rsid w:val="675A0B83"/>
     <w:rsid w:val="67751587"/>
+    <w:rsid w:val="6845CF3E"/>
     <w:rsid w:val="6871CBA1"/>
     <w:rsid w:val="6A5B56E2"/>
+    <w:rsid w:val="6BEF6F84"/>
     <w:rsid w:val="6C788478"/>
+    <w:rsid w:val="6F57D69D"/>
+    <w:rsid w:val="6FAB3776"/>
+    <w:rsid w:val="703F6099"/>
     <w:rsid w:val="70B710A8"/>
     <w:rsid w:val="72365F99"/>
     <w:rsid w:val="753D0400"/>
     <w:rsid w:val="79638D40"/>
+    <w:rsid w:val="79AA701F"/>
+    <w:rsid w:val="79FCA236"/>
     <w:rsid w:val="7C7B2498"/>
+    <w:rsid w:val="7C81AEDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C788478"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AA8B4DA8-02E3-413C-BF3F-FF17867DE861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1015,52 +1193,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1127,97 +1305,95 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1446,72 +1622,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a2db6db4682a6646e036eb1c9a99dd0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7acd4a5ae5d1866211312c3073f0fac9" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1706,108 +1873,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{410849B3-D948-43FE-9144-D6593CCE6FCE}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B26E00B4-8B82-40A3-971A-996B2138F0C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19CD05FA-66D4-4C02-B8DE-09A96E515E66}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8C21F10-6129-4A5B-8C3F-8DBF0BF19635}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{410849B3-D948-43FE-9144-D6593CCE6FCE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wienke, Janelle</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Gerweck, Sam</lastModifiedBy>
+  <revision>17</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>