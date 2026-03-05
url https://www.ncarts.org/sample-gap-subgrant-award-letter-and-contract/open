--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -1,111 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1BE4C474" w14:textId="4913C77D" w:rsidR="002432E5" w:rsidRPr="00951926" w:rsidRDefault="002432E5" w:rsidP="002432E5">
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1BE4C474" w14:textId="4913C77D" w:rsidR="002432E5" w:rsidRPr="004F2DBA" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DBA">
         <w:t>SUBGRANT AWARD LETTER</w:t>
       </w:r>
-      <w:r w:rsidR="00CC074F">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CC074F" w:rsidRPr="004F2DBA">
         <w:t>/GRANT NOTICE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32514ABE" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Trebuchet MS"/>
           <w:color w:val="000000"/>
@@ -298,2785 +257,2750 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(applicant’s name)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A6D7D5" w14:textId="60EEC047" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="002432E5">
+    <w:p w14:paraId="50A6D7D5" w14:textId="76DD68EC" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="39541022">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I am pleased to</w:t>
+      </w:r>
+      <w:r w:rsidR="1CA2D2D6" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4922ECF7" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you that </w:t>
+      </w:r>
+      <w:r w:rsidR="2A625433" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your organization has been awarded </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a grant</w:t>
+      </w:r>
+      <w:r w:rsidR="48EC4B74" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(dollar amount)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to support your program this year. This grant is made possible by the North Carolina Arts Council’s Grassroots Arts Program. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB2F1D4" w14:textId="7EE3AF9C" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="39541022">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="36815CDD" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">received </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(number of applications) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requests totaling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(total amount of grant funding requested) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(County Name) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizations this year. It was a very competitive process, and we are pleased that your program </w:t>
+      </w:r>
+      <w:r w:rsidR="4958526D" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>has been selected to receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding this year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF417A1" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="39541022">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please find in this award packet the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513B2526" w14:textId="1011DA6F" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="180" w:hanging="720"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Grant Instructions and Contract:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please read instructions thoroughly and keep them on file, along with a copy of your grant contract. One grant contract MUST be signed and returned to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="04FBAD04" w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before funds can be distributed.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650CFC58" w14:textId="1EC157CF" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="180" w:hanging="720"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>No Overdue Tax Debts Form:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Non-government subgrantees must submit a No Overdue Tax Debts Form </w:t>
+      </w:r>
+      <w:r w:rsidR="587F7439" w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that is notarized </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">along with their grant contract. A copy is included in your grant package. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E399822" w14:textId="0FC73C89" w:rsidR="002432E5" w:rsidRPr="00951926" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="180" w:hanging="720"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Final Report Form: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each subgrant recipient must complete a final report at the completion of their project. Reports are due to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="4375EE2B" w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) by (deadline date –recommend </w:t>
+      </w:r>
+      <w:r w:rsidR="50ED25D7" w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>June</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428E13DD" w14:textId="6D7F6F9F" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2668CE14">
-[...69 lines deleted...]
-    <w:p w14:paraId="2BB2F1D4" w14:textId="7EE3AF9C" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="002432E5">
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you for coordinating </w:t>
+      </w:r>
+      <w:r w:rsidR="5A61F249" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>this p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>roject and agreeing to comply with state guidelines in administering your subgrant. If I can assist you further, please contact me.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9CD203" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="360" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Regards,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3196EE" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="59DEA05C">
-[...375 lines deleted...]
-    <w:p w14:paraId="428E13DD" w14:textId="6D7F6F9F" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="002432E5">
+    </w:p>
+    <w:p w14:paraId="6F77FA21" w14:textId="7B344EBC" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thank you for coordinating </w:t>
-[...6 lines deleted...]
-        <w:t>this p</w:t>
+        <w:t xml:space="preserve">Executive Director/Board President, </w:t>
+      </w:r>
+      <w:r w:rsidR="1F2C47BD" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(Grassroots partner)</w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>roject and agreeing to comply with state guidelines in administering your subgrant. If I can assist you further, please contact me.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F9CD203" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C3C3BD" w14:textId="77777777" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="548884EB" w14:textId="3C533131" w:rsidR="59DEA05C" w:rsidRDefault="59DEA05C" w:rsidP="59DEA05C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39391E53" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004F2DBA" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DBA">
+        <w:lastRenderedPageBreak/>
+        <w:t>SUBGRANT CONTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4D28DF" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="360" w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="270" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="1E3196EE" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GRASSROOTS ARTS PROGRAM SUBGRANT CONTRACT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(year)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E25E13C" w14:textId="29035C47" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="270" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>THIS AGREEMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, made by and between </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="07FD379F" w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots Partner)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(Grantee)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3E75B0" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F77FA21" w14:textId="7B344EBC" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>WITNESS THAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D35D84C" w14:textId="64126B8A" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="01216F31" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...82 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>WHEREAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(year)</w:t>
-[...52 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0A016EF3" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Grassroots Partner)</w:t>
-[...25 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="7F0CDC5D" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5EFA">
-[...10 lines deleted...]
-    <w:p w14:paraId="7E3E75B0" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the aid of the North Carolina Arts Council, desires to award the grant described on the enclosed </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1582">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Grant Notice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to the availability of funds from the North Carolina General Assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B7C316" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5EFA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>WITNESS THAT</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D35D84C" w14:textId="64126B8A" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="01216F31" w:rsidP="002432E5">
+        <w:t>NOW THEREFORE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>, by signing the Agreement the Grantee agrees to and will comply with the terms and conditions set forth below and in the enclosures to this contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C3F6EA" w14:textId="4DF1644F" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>WHEREAS</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Grantee must match this grant according to the project budget shown in the application or any subsequent approved revision of that budget. Any revised budget must be attached to this contract and approved by the </w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="63B16CCD" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:highlight w:val="lightGray"/>
-[...71 lines deleted...]
-    <w:p w14:paraId="55B7C316" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        </w:rPr>
+        <w:t xml:space="preserve">before this contract is valid. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E43344" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5EFA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-          <w:b/>
-[...17 lines deleted...]
-    <w:p w14:paraId="05C3F6EA" w14:textId="4DF1644F" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Grant Notice with any stipulations, the instructions and the grantee requirements outlining administrative procedures, acknowledgement standards and compliance conditions are enclosed as a binding part of this contract. Acceptance of this award constitutes an obligation upon the Grantee to fulfill the terms of this contract and its enclosures. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528FA3C0" w14:textId="58B43F97" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The Grantee must match this grant according to the project budget shown in the application or any subsequent approved revision of that budget. Any revised budget must be attached to this contract and approved by the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>IN WITNESS WHEREOF</w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="4C848112" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="4C848112" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>Grassroots Partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the Grantee have executed this Agreement as of the date attested by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="63B16CCD" w:rsidRPr="59DEA05C">
+      <w:r w:rsidR="39A0EB9C" w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">before this contract is valid. </w:t>
+        <w:t xml:space="preserve">below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B89D3BD" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218CF572" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Signature of Subgrantee Authorizing Official</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date Signed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B0CC97" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A57CD9" w14:textId="0ED0B546" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB348F4" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Typed or Printed Name and Title of Subgrantee Authorizing Official</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1802945B" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36022720" w14:textId="0EA51DB7" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA3B5B8" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Signature of Subgrantee Contact Person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date Signed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227F0513" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF26A56" w14:textId="6F71BE4F" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E66D89" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Typed Printed Name and Title of Subgrantee Contact Person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E050A32" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6264E971" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>ATTEST</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F006AD" w14:textId="1A18A261" w:rsidR="5C7B1542" w:rsidRPr="004F2DBA" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Executive Director, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="5EED70FE" w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="49E43344" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A5EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Date Executed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA52AD2" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tw Cen MT"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:lastRenderedPageBreak/>
+        <w:t>SUBGRANT INSTRUCTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6768A8CE" w14:textId="0751BC19" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Please read the following information carefully and use it as a checklist in fulfilling your obligations for the Grassroots Arts Program subgrant. I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you have questions about any of this material, contact </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="268E34DD" w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact person, telephone number and email address)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3520E40B" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49D9417A" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Sign and return grant contract and No Overdue Tax Debts Form </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB1CA1A" w14:textId="41C38AE0" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please review your </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC074F" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rant </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC074F" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otice. If your grant was not funded at the level you requested, you may need to revise your project budget. Before you begin, note any stipulations contained in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC074F" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rant </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC074F" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>otice. If you cannot implement your project at the reduced grant amount, please notify (</w:t>
+      </w:r>
+      <w:r w:rsidR="7F068F6A" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) immediately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A306AF" w14:textId="6AD39EBF" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="01216F31" w:rsidP="5C7B1542">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Please sign the Grant Contract and return one copy along with the No Overdue Tax Debts form</w:t>
+      </w:r>
+      <w:r w:rsidR="34F71A4D" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that has been notarized </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>to (</w:t>
+      </w:r>
+      <w:r w:rsidR="6BCA61C4" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) at (address here). Please return these forms by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(deadline date)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for processing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A444D1B" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="5C7B1542">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794EBD14" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Make sure you have matching funds in place</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB891EA" w14:textId="478CAB5F" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All grantees are required to match grant amounts dollar for dollar. The funds must come from other public or private sources. One </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="25F48F69" w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="39541022">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or North Carolina Arts Council grant may not be used to match another. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC29C58" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="528FA3C0" w14:textId="58B43F97" w:rsidR="002432E5" w:rsidRPr="008A5EFA" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Use the North Carolina Arts Council credit line and logo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3C3F03" w14:textId="76F4B4D7" w:rsidR="5C7B1542" w:rsidRPr="004F2DBA" w:rsidRDefault="000609F4" w:rsidP="004F2DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>All grant recipients are required to prominently display the North Carolina Arts Council logo with tagline and credit lines on-site at funded events and in all digital and printed publicity materials. We also encourage you to use this on your website, electronic newsletters, and in as many materials and places as possible. Your display of these items serves to recognize the investment by the North Carolina General Assembly in our grants and programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16EF2098" w14:textId="77777777" w:rsidR="00D90046" w:rsidRPr="00E64BE3" w:rsidRDefault="00D90046" w:rsidP="5C7B1542">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...665 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...175 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+        </w:rPr>
+        <w:t>Logo Use and Credit Line</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8250FF" w14:textId="479C63BA" w:rsidR="004F2DBA" w:rsidRDefault="003F09F1" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>In all communications, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...93 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="TwCenMT-Bold"/>
+        </w:rPr>
+        <w:t>North Carolina Arts Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t> should always be written out on first reference. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...255 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>N.C. Arts Council</w:t>
+      </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-[...34 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t> is acceptable on second reference. NCAC should not be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AABA73" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRDefault="004F2DBA">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:br/>
-[...138 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="21776A5C" w14:textId="77777777" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Credit Line</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66A79BB7" w14:textId="288037E5" w:rsidR="00B01A93" w:rsidRDefault="11B2904D" w:rsidP="78E6A5F6">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78E6A5F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Choose the appropriate credit line to use with the Arts Council logo, depending on your grant award’s source of funding. Credit lines must also be displayed on all digital and printed publicity materials:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2607"/>
         <w:gridCol w:w="6743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D87A73" w:rsidRPr="00D87A73" w14:paraId="305977ED" w14:textId="77777777" w:rsidTr="00D87A73">
+      <w:tr w:rsidR="00D87A73" w:rsidRPr="00D87A73" w14:paraId="305977ED" w14:textId="77777777" w:rsidTr="39541022">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53FD1D4A" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87A73">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credit line for those who receive state funds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D87A73" w:rsidRPr="00D87A73" w14:paraId="5F589F6C" w14:textId="77777777" w:rsidTr="00D87A73">
+      <w:tr w:rsidR="00D87A73" w:rsidRPr="00D87A73" w14:paraId="5F589F6C" w14:textId="77777777" w:rsidTr="39541022">
         <w:trPr>
           <w:trHeight w:val="2069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2607" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="735A82FB" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87A73">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65E8CCD2" wp14:editId="2F068548">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65E8CCD2" wp14:editId="74130F2D">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:posOffset>-8255</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-62865</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1428750" cy="773430"/>
                   <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1192759553" name="Picture 1192759553" descr="A picture containing text, window&#10;&#10;Description automatically generated"/>
+                  <wp:docPr id="1192759553" name="Picture 1192759553" descr="North Carolina Arts Council logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="Picture 3" descr="A picture containing text, window&#10;&#10;Description automatically generated"/>
+                          <pic:cNvPr id="1192759553" name="Picture 1192759553" descr="North Carolina Arts Council logo"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
                           <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect t="11752" b="10667"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1428750" cy="773430"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
@@ -3108,458 +3032,152 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="725FC6C0" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87A73">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>This project was supported by the North Carolina Arts Council, a division of the Department of Natural and Cultural Resources.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...260 lines deleted...]
-    <w:p w14:paraId="7239CD12" w14:textId="36C95E44" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
+    <w:p w14:paraId="1E0E1E06" w14:textId="4E2E5524" w:rsidR="39541022" w:rsidRDefault="39541022" w:rsidP="39541022">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="4D395935" w14:textId="0562EA35" w:rsidR="39541022" w:rsidRDefault="39541022" w:rsidP="39541022">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>Donor Recognition</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1B038BB5" w14:textId="540B6D67" w:rsidR="00D90046" w:rsidRDefault="00F8799C" w:rsidP="00D90046">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7239CD12" w14:textId="36C95E44" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F8799C">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="662B0EF6" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D90046">
+        <w:t>Donor Recognition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7D1E41" w14:textId="77777777" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29795A11" w14:textId="21D73B47" w:rsidR="00D87A73" w:rsidRDefault="00F8799C" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5146F25B" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D90046">
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>If you list donor participation on printed materials or your website, you must include the North Carolina Arts Council in the appropriate category (e.g. sponsors, directors, benefactors, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AF1ABD" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21CDD4A4" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D90046">
+    <w:p w14:paraId="72135899" w14:textId="79D27682" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-      </w:pPr>
-[...41 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Reproducing the Arts Council Logo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE90B3B" w14:textId="6453720F" w:rsidR="00964CBC" w:rsidRDefault="00D90046" w:rsidP="00D90046">
+    <w:p w14:paraId="6AE90B3B" w14:textId="6934AF3C" w:rsidR="00964CBC" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
@@ -3570,101 +3188,96 @@
       </w:r>
       <w:r w:rsidR="00BC6097">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve">logos </w:t>
       </w:r>
       <w:r w:rsidR="00EC4B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve">from the N.C. </w:t>
       </w:r>
       <w:r w:rsidR="0097440A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve">Arts Council’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00D87A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
             <w:spacing w:val="5"/>
           </w:rPr>
           <w:t>Logo &amp; Branding Materials page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BA1582">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not reproduce the logo from faxed or photocopied images. The logo must be reproduced as a unit without alteration. </w:t>
+        <w:t xml:space="preserve">Do not reproduce the logo from faxed or photocopied images. The logo must be reproduced as a unit without alteration. </w:t>
       </w:r>
       <w:r w:rsidR="007E0ADD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see </w:t>
       </w:r>
-      <w:r w:rsidR="00D7562E">
-[...3 lines deleted...]
-        <w:t>our</w:t>
+      <w:r w:rsidR="734DEAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="007E0ADD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="007E0ADD" w:rsidRPr="00A441FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>Logo Usage Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E0ADD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00A441FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>best practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3691,51 +3304,51 @@
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>The NEA logo can be downloaded</w:t>
       </w:r>
       <w:r w:rsidR="00686D98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00686D98" w:rsidRPr="00686D98">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>NEA website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C0F9FF" w14:textId="6D24B3B9" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
@@ -3775,1386 +3388,1083 @@
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C84FF2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Please make sure that all digital instances of the N.C. Arts Council logo link to NCArts.org.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30499751" w14:textId="311FB60E" w:rsidR="00C84FF2" w:rsidRPr="00C84FF2" w:rsidRDefault="00C84FF2" w:rsidP="00C84FF2">
+    <w:p w14:paraId="30499751" w14:textId="73D541E6" w:rsidR="00C84FF2" w:rsidRPr="00C84FF2" w:rsidRDefault="00C84FF2" w:rsidP="00C84FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C84FF2">
+      <w:r w:rsidRPr="6802D11F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Use the hashtag</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C84FF2">
+      <w:r w:rsidRPr="6802D11F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> #NCArts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C84FF2">
+      <w:r w:rsidRPr="6802D11F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> across social media.</w:t>
       </w:r>
-      <w:r w:rsidR="00D87A73">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C84FF2">
+      <w:ins w:id="0" w:author="Wienke, Janelle" w:date="2025-12-04T17:08:00Z">
+        <w:r w:rsidR="0DE2C049" w:rsidRPr="6802D11F">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="6802D11F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>We invite you to follow us on social media:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="123ED5CC" w14:textId="77777777" w:rsidR="00C84FF2" w:rsidRPr="008F56BB" w:rsidRDefault="00C84FF2" w:rsidP="008F56BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Instagram </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00C84FF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>@ncartscouncil</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F9C9EA5" w14:textId="77777777" w:rsidR="00C84FF2" w:rsidRPr="008F56BB" w:rsidRDefault="00C84FF2" w:rsidP="008F56BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Facebook </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00C84FF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>@ncarts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="067EE7E0" w14:textId="28980E61" w:rsidR="00C84FF2" w:rsidRPr="008F56BB" w:rsidRDefault="5E32DE36" w:rsidP="008F56BB">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="69C812B4" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRDefault="004F2DBA">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584D2AAF" w14:textId="1F38EF51" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="5C7B1542">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="center"/>
-[...47 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>Questions about Logo Use?</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Questions about </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ogo </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>se?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="220C4201" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B4CEE5D" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87A73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Contact the North Carolina Arts Council Marketing &amp; Communications team for assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236B56FD" w14:textId="77777777" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4603"/>
-        <w:gridCol w:w="4757"/>
+        <w:gridCol w:w="4558"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D87A73" w:rsidRPr="00D87A73" w14:paraId="6A7861A1" w14:textId="77777777" w:rsidTr="00E626B6">
+      <w:tr w:rsidR="004F2DBA" w:rsidRPr="00D87A73" w14:paraId="6A7861A1" w14:textId="77777777" w:rsidTr="004F2DBA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4855" w:type="dxa"/>
+            <w:tcW w:w="4558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFEE61F" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
+          <w:p w14:paraId="356A26C6" w14:textId="1109E05F" w:rsidR="004F2DBA" w:rsidRPr="00D87A73" w:rsidRDefault="004F2DBA" w:rsidP="5C7B1542">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D87A73">
+            <w:r w:rsidRPr="5C7B1542">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Diana Pineda</w:t>
+              <w:t>Ai-Ling Change</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D87A73">
-[...23 lines deleted...]
-            </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="73CF157D" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="00D87A73" w:rsidRDefault="00D87A73" w:rsidP="00D87A73">
+          <w:p w14:paraId="45A30DBE" w14:textId="121873FB" w:rsidR="004F2DBA" w:rsidRPr="00D87A73" w:rsidRDefault="004F2DBA" w:rsidP="5C7B1542">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D87A73">
+            <w:r w:rsidRPr="5C7B1542">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Ai-Ling Chang</w:t>
+              <w:t>Marketing Director</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D87A73">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00D87A73">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="5C7B1542">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                  <w:szCs w:val="22"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 </w:rPr>
                 <w:t>ai-ling.chang@dncr.nc.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="5EFEE61F" w14:textId="2A35A60F" w:rsidR="004F2DBA" w:rsidRPr="00D87A73" w:rsidRDefault="004F2DBA" w:rsidP="5C7B1542">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05A14AEF" w14:textId="77777777" w:rsidR="00D90046" w:rsidRDefault="00D90046" w:rsidP="00D90046">
-[...8 lines deleted...]
-    <w:p w14:paraId="5FBB1823" w14:textId="5F4EE16F" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    <w:p w14:paraId="6FC74537" w14:textId="5F542403" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="1B498229" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004A286B">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="065EB68F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2799E1CA" w14:textId="34BDE4A1" w:rsidR="002432E5" w:rsidRDefault="01216F31" w:rsidP="002432E5">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Keep </w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="7C2A3600" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>staff informed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB74D02" w14:textId="6DAAB464" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please keep </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="3569B8B4" w:rsidRPr="59DEA05C">
+      <w:r w:rsidR="731C99B8" w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="59DEA05C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>requires all subgrantees to write their Legislators to thank them for appropriating funds for their grants and to inform them of the project activities and community impact. A copy of all letters to legislators must be attached to your final report. We hope you will also invite Legislators to attend any performances, exhibitions, or other project-related activities.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5577CB83" w14:textId="77777777" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        <w:t xml:space="preserve">staff informed about your project activities. Please invite them to attend any performances, exhibitions, or other grant-related activities. If your program or project changes significantly and you need to revise your project budget by more than 10-percent of the total, you must submit a written request in advance. Call </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="36D04445" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="36D04445" w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59DEA05C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>staff to discuss any revisions before submitting a written request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751233A5" w14:textId="0AAA17E4" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6FC74537" w14:textId="2E5A1E0A" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantees must inform </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="013FC215" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no later than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(date here)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you will not be able to spend all your grant funds. Refunds should be returned to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="081E29A3" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as soon as possible and no later than May </w:t>
+      </w:r>
+      <w:r w:rsidR="090A8291" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(year)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333DFF65" w14:textId="77777777" w:rsidR="00D87A73" w:rsidRPr="004A286B" w:rsidRDefault="00D87A73" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="59DEA05C">
-[...48 lines deleted...]
-    <w:p w14:paraId="4AB74D02" w14:textId="6DAAB464" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    </w:p>
+    <w:p w14:paraId="56542CB0" w14:textId="2F1E9523" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="569B37E1" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="59DEA05C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+      <w:r w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Submit your Final Reports by </w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="731C99B8" w:rsidRPr="59DEA05C">
+        <w:t>(deadline date)</w:t>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="065EB68F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76433D91" w14:textId="78B4B27C" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the end of the project period, all grantees are required to report on how grant funds were used. Please complete the enclosed Report Form, following all instructions carefully and return the form no later than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Grassroots partner</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="59DEA05C">
+        <w:t>(deadline date: recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="575F53A1" w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve"> June</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258C1551" w14:textId="7434CA8D" w:rsidR="002432E5" w:rsidRPr="008F56BB" w:rsidRDefault="00343AA8" w:rsidP="5C7B1542">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002432E5" w:rsidRPr="008F56BB" w:rsidSect="00F96A2A">
+          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="002432E5" w:rsidRPr="5C7B1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Failure to complete your final report by the deadline renders the grantee ineligible to apply for the Grassroots Arts Program funds the next fiscal year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1A9953" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:pStyle w:val="CM3"/>
+        <w:framePr w:w="6699" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="3061" w:y="256"/>
+        <w:spacing w:line="563" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DBA">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">of the total, you must submit a written request in advance. Call </w:t>
-[...49 lines deleted...]
-    <w:p w14:paraId="751233A5" w14:textId="13B8F8E4" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        <w:t>State Grant Certification – No Overdue Tax Debts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:position w:val="11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3978B0E9" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:pStyle w:val="CM3"/>
+        <w:framePr w:w="9026" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1692" w:y="1111"/>
+        <w:spacing w:line="208" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructions: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Grantee should complete this certification for all state funds received. Entity should enter appropriate data in the yellow highlighted areas. The completed and signed form should be provided to the state agency funding the grant to be attached to the contract for the grant funds. A copy of this form, along with the completed contract, should be kept by the funding agency and available for review by the Office of the State B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>udget and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Management </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C3AB67" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRPr="004A286B" w:rsidRDefault="004F2DBA" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:framePr w:w="4791" w:h="386" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="3802" w:y="2113"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[Date of Certification (mmddyyyy)]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D934BB5" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRPr="004A286B" w:rsidRDefault="004F2DBA" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:framePr w:w="4791" w:h="386" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="3802" w:y="2113"/>
+        <w:spacing w:after="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6627B77B" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70152A21" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:line="183" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307E886B" w14:textId="63F1031D" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="5C7B1542">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
-[...156 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...448 lines deleted...]
-          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F2A29AB" wp14:editId="43CBAF63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>78377</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>152581</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5913120" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="17780" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Straight Connector 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -5180,68 +4490,67 @@
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:line w14:anchorId="4E79BD1B" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="6.15pt,12pt" to="471.75pt,12pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAgjKr0rwEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2xn2JcRp4d03aXb&#13;&#10;ArT7AYwk28JkUSCVOPn3k9QkK7ZbUR8Eih9Pj4/06uY4OXEwxBZ9J5tFLYXxCrX1Qyd/Pd69+ywF&#13;&#10;R/AaHHrTyZNhebN++2Y1h9YscUSnDYkE4rmdQyfHGENbVaxGMwEvMBifgj3SBDFdaag0wZzQJ1ct&#13;&#10;6/pjNSPpQKgMc/LePgXluuD3vVHxZ9+zicJ1MnGL5aRy7vJZrVfQDgRhtOpMA17AYgLr06NXqFuI&#13;&#10;IPZk/4OarCJk7ONC4VRh31tlSg+pm6b+p5uHEYIpvSRxOFxl4teDVT8OG7+lTF0d/UO4R/WbhcfN&#13;&#10;CH4whcDjKaTBNVmqag7cXkvyhcOWxG7+jjrlwD5iUeHY05QhU3/iWMQ+XcU2xyhUcn740rxvlmkm&#13;&#10;6hKroL0UBuL4zeAkstFJZ33WAVo43HPMRKC9pGS3xzvrXJml82JObJef6rpUMDqrczTnMQ27jSNx&#13;&#10;gLwO5SttpcjzNMK91wVtNKC/nu0I1j3Z6XXnz2pkAfK2cbtDfdrSRaU0r0LzvFt5IZ7fS/XfP2D9&#13;&#10;BwAA//8DAFBLAwQUAAYACAAAACEAGZi5guEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU/D&#13;&#10;MAy9I/EfIiNxYyndYKVrOiGmaQJx2YbENWtMU2icrsm28u8x4sAulp6f/T6K+eBaccQ+NJ4U3I4S&#13;&#10;EEiVNw3VCt62y5sMRIiajG49oYJvDDAvLy8KnRt/ojUeN7EWLEIh1wpsjF0uZagsOh1GvkNi7sP3&#13;&#10;TkeGfS1Nr08s7lqZJsm9dLohdrC6wyeL1dfm4BToxWod37P0Zdo829fP7XK/stleqeurYTHj8TgD&#13;&#10;EXGI/x/w24HzQ8nBdv5AJoiWcTrmSwXphHsx/zAZ34HY/S1kWcjzFuUPAAAA//8DAFBLAQItABQA&#13;&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#13;&#10;UEsBAi0AFAAGAAgAAAAhACCMqvSvAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#13;&#10;eG1sUEsBAi0AFAAGAAgAAAAhABmYuYLhAAAADQEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3du&#13;&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#13;&#10;" strokeweight="1pt"/>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="5EA54125">
+              <v:line id="Straight Connector 6" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:spid="_x0000_s1026" strokeweight="1pt" from="6.15pt,12pt" to="471.75pt,12pt" w14:anchorId="4E79BD1B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgjKr0rwEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2xn2JcRp4d03aXb&#10;ArT7AYwk28JkUSCVOPn3k9QkK7ZbUR8Eih9Pj4/06uY4OXEwxBZ9J5tFLYXxCrX1Qyd/Pd69+ywF&#10;R/AaHHrTyZNhebN++2Y1h9YscUSnDYkE4rmdQyfHGENbVaxGMwEvMBifgj3SBDFdaag0wZzQJ1ct&#10;6/pjNSPpQKgMc/LePgXluuD3vVHxZ9+zicJ1MnGL5aRy7vJZrVfQDgRhtOpMA17AYgLr06NXqFuI&#10;IPZk/4OarCJk7ONC4VRh31tlSg+pm6b+p5uHEYIpvSRxOFxl4teDVT8OG7+lTF0d/UO4R/WbhcfN&#10;CH4whcDjKaTBNVmqag7cXkvyhcOWxG7+jjrlwD5iUeHY05QhU3/iWMQ+XcU2xyhUcn740rxvlmkm&#10;6hKroL0UBuL4zeAkstFJZ33WAVo43HPMRKC9pGS3xzvrXJml82JObJef6rpUMDqrczTnMQ27jSNx&#10;gLwO5SttpcjzNMK91wVtNKC/nu0I1j3Z6XXnz2pkAfK2cbtDfdrSRaU0r0LzvFt5IZ7fS/XfP2D9&#10;BwAA//8DAFBLAwQUAAYACAAAACEAGZi5guEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU/D&#10;MAy9I/EfIiNxYyndYKVrOiGmaQJx2YbENWtMU2icrsm28u8x4sAulp6f/T6K+eBaccQ+NJ4U3I4S&#10;EEiVNw3VCt62y5sMRIiajG49oYJvDDAvLy8KnRt/ojUeN7EWLEIh1wpsjF0uZagsOh1GvkNi7sP3&#10;TkeGfS1Nr08s7lqZJsm9dLohdrC6wyeL1dfm4BToxWod37P0Zdo829fP7XK/stleqeurYTHj8TgD&#10;EXGI/x/w24HzQ8nBdv5AJoiWcTrmSwXphHsx/zAZ34HY/S1kWcjzFuUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACCMqvSvAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABmYuYLhAAAADQEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="004A286B">
+      <w:r w:rsidR="004F2DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To: State Agency Head and Chief Fiscal Officer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01442FD1" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -5445,51 +4754,59 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46BE461A" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:pStyle w:val="CM6"/>
         <w:framePr w:w="7703" w:h="2596" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1592" w:y="8446"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sworn to and subscribed before me on the day of the date of said certification. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C943B26" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    <w:p w14:paraId="0C943B26" w14:textId="77777777" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+      <w:pPr>
+        <w:framePr w:w="7703" w:h="2596" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1592" w:y="8446"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF2DD5A" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRPr="004A286B" w:rsidRDefault="004F2DBA" w:rsidP="002432E5">
       <w:pPr>
         <w:framePr w:w="7703" w:h="2596" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1592" w:y="8446"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DADE344" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9879"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
@@ -5515,54 +4832,54 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">G.S. 105-243.1 defines: “Overdue tax debt. – Any part of a tax debt that remains unpaid 90 days or more after the notice of final assessment was mailed to the taxpayer. The term does not include a tax debt, however, if the taxpayer entered into an installment agreement for the tax debt under G.S. 105-237 within 90 days after the notice of final assessment was mailed and has not failed to make any payments due under the installment agreement.” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C41B89" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7361498F" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    <w:p w14:paraId="7361498F" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
       <w:pPr>
         <w:pStyle w:val="CM2"/>
-        <w:framePr w:w="9177" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1692" w:y="11085"/>
+        <w:framePr w:w="9177" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1629" w:y="11315"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -5642,54 +4959,54 @@
     </w:p>
     <w:p w14:paraId="7377F930" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:pStyle w:val="CM5"/>
         <w:framePr w:w="2532" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1608" w:y="6414"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sworn Statement: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9FA870" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    <w:p w14:paraId="5C9FA870" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1609" w:y="6934"/>
+        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1601" w:y="6737"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name of Board Chair</w:t>
@@ -5698,77 +5015,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>] and [</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name of Second Authorizing Official</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">] being duly sworn, say that we </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="740DB038" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        <w:t xml:space="preserve">] being duly sworn, say that we are </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740DB038" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1609" w:y="6934"/>
+        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1601" w:y="6737"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Board Chair and [Titl</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>e of Second Authorizing Official</w:t>
@@ -5780,137 +5077,115 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>], respectively, and [</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>name of organization</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2E44E3" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+    <w:p w14:paraId="4C2E44E3" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1609" w:y="6934"/>
+        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1601" w:y="6737"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Of [</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>City]</w:t>
       </w:r>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, in the state of North Carolina; and that the foregoing certification is true, accurate and </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004A286B">
+        <w:t>, in the state of North Carolina; and that the foregoing certification is true, accurate and complete</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26158BB6" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1601" w:y="6737"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>complete</w:t>
-[...6 lines deleted...]
-        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1609" w:y="6934"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="239D9764" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
+        <w:t>To the best of our knowledge and was made and subscribed by us. We also acknowledge and understand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239D9764" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="004F2DBA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1609" w:y="6934"/>
+        <w:framePr w:w="9529" w:h="1340" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1601" w:y="6737"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>That any misuse of State Funds will be reported to the appropriate authorities for further action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC59BBC" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:framePr w:w="8725" w:h="1324" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1561" w:y="13276"/>
         <w:spacing w:line="183" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
@@ -5963,431 +5238,317 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Revised July 18, 2006, 7/07, 9/08, 7/11</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A2AF73" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:framePr w:w="8725" w:h="1324" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1561" w:y="13276"/>
         <w:spacing w:line="183" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4631A445" w14:textId="77777777" w:rsidR="002432E5" w:rsidRPr="004A286B" w:rsidRDefault="002432E5" w:rsidP="002432E5">
-[...3 lines deleted...]
-        <w:spacing w:line="183" w:lineRule="atLeast"/>
+    <w:p w14:paraId="0281392D" w14:textId="77777777" w:rsidR="004F2DBA" w:rsidRPr="004A286B" w:rsidRDefault="004F2DBA" w:rsidP="004F2DBA">
+      <w:pPr>
+        <w:pStyle w:val="CM2"/>
+        <w:framePr w:w="9147" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1612" w:y="11642"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A286B">
+      <w:r w:rsidRPr="39541022">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>If there are any questions about this form, please contact the North Carolina Office of State Budget and Management</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">(Notary Signature and Seal) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111F6E33" w14:textId="735C7452" w:rsidR="001F5B4F" w:rsidRPr="002432E5" w:rsidRDefault="002432E5" w:rsidP="5C7B1542">
+      <w:pPr>
+        <w:pStyle w:val="CM3"/>
+        <w:spacing w:line="183" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A286B">
+      </w:pPr>
+      <w:r w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="004A286B">
+        <w:t xml:space="preserve">If there are any questions about this form, please contact the North Carolina Office of State Budget and Management at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="5C7B1542">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>NCGrants@osbm.nc.gov</w:t>
+          <w:t>NCGrants@osb</w:t>
+        </w:r>
+        <w:r w:rsidRPr="5C7B1542">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>m</w:t>
+        </w:r>
+        <w:r w:rsidRPr="5C7B1542">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>.nc.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004A286B">
+      <w:r w:rsidRPr="5C7B1542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...110 lines deleted...]
-    <w:p w14:paraId="111F6E33" w14:textId="77777777" w:rsidR="001F5B4F" w:rsidRPr="002432E5" w:rsidRDefault="001F5B4F" w:rsidP="002432E5"/>
+        <w:t xml:space="preserve"> or (919) 807-4795.</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="001F5B4F" w:rsidRPr="002432E5">
-      <w:headerReference w:type="even" r:id="rId22"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EFEAF4B" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A">
+    <w:p w14:paraId="69DF9793" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6253F775" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A">
+    <w:p w14:paraId="04C5336F" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="764D18B8" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A"/>
+    <w:p w14:paraId="32D92B8A" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Rotis Sans Serif">
+    <w:panose1 w:val="02000503000000000004"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TwCenMT-Regular">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TwCenMT-Bold">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16C1F839" w14:textId="3446D00D" w:rsidR="002432E5" w:rsidRDefault="002432E5" w:rsidP="00BC6EA3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="5220"/>
         <w:tab w:val="left" w:pos="6480"/>
       </w:tabs>
       <w:ind w:right="110"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="387C7FA6" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="007167B7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="387C7FA6" w14:textId="77777777" w:rsidR="003A79A9" w:rsidRDefault="003A79A9" w:rsidP="007167B7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="6480"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1B39D07C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00165BDA" w:rsidP="007167B7">
+  <w:p w14:paraId="1B39D07C" w14:textId="77777777" w:rsidR="003A79A9" w:rsidRDefault="00165BDA" w:rsidP="007167B7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="5220"/>
         <w:tab w:val="left" w:pos="6480"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00B8606E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Designated County Partners Guidebook and </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> Toolkit</w:t>
+      <w:t>Designated County Partners Guidebook and Subgranting Toolkit</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007167B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007167B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
@@ -6402,103 +5563,103 @@
     </w:r>
     <w:r w:rsidR="00204C5D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="007167B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B3A9FFE" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A">
+    <w:p w14:paraId="31721BFF" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D7516C1" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A">
+    <w:p w14:paraId="4572A9ED" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="453BE22E" w14:textId="77777777" w:rsidR="00F96A2A" w:rsidRDefault="00F96A2A"/>
+    <w:p w14:paraId="6CCFA02B" w14:textId="77777777" w:rsidR="002B6C51" w:rsidRDefault="002B6C51"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="33EA34AB" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33EA34AB" w14:textId="77777777" w:rsidR="003A79A9" w:rsidRDefault="003A79A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="250F5C0D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="250F5C0D" w14:textId="77777777" w:rsidR="003A79A9" w:rsidRDefault="003A79A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="31DA8B1F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31DA8B1F" w14:textId="77777777" w:rsidR="003A79A9" w:rsidRDefault="003A79A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201E698E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F4ED194"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6726,139 +5887,151 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2120832356">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="802312791">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Wienke, Janelle">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::janelle.wienke@dncr.nc.gov::801f46fd-2c27-4957-a85b-eaee048ccc7e"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="142"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00204C5D"/>
     <w:rsid w:val="00006CC7"/>
     <w:rsid w:val="00017825"/>
     <w:rsid w:val="000245F5"/>
     <w:rsid w:val="00050BF3"/>
     <w:rsid w:val="000516F2"/>
     <w:rsid w:val="00054A7D"/>
     <w:rsid w:val="000609F4"/>
     <w:rsid w:val="0008450E"/>
     <w:rsid w:val="00097A22"/>
     <w:rsid w:val="000A0388"/>
     <w:rsid w:val="000A2DC9"/>
     <w:rsid w:val="000D043B"/>
     <w:rsid w:val="000D3B50"/>
+    <w:rsid w:val="000F022D"/>
     <w:rsid w:val="00115525"/>
     <w:rsid w:val="00120D1C"/>
     <w:rsid w:val="001236B5"/>
     <w:rsid w:val="001253C7"/>
     <w:rsid w:val="00126BF7"/>
     <w:rsid w:val="00136834"/>
     <w:rsid w:val="00141B01"/>
     <w:rsid w:val="0015112E"/>
     <w:rsid w:val="00165BDA"/>
     <w:rsid w:val="00184633"/>
     <w:rsid w:val="00186CAF"/>
     <w:rsid w:val="00192246"/>
     <w:rsid w:val="0019268D"/>
     <w:rsid w:val="001A4989"/>
     <w:rsid w:val="001D490F"/>
     <w:rsid w:val="001F5B4F"/>
     <w:rsid w:val="00202061"/>
     <w:rsid w:val="00204C5D"/>
     <w:rsid w:val="0021146C"/>
     <w:rsid w:val="002361FA"/>
     <w:rsid w:val="00241A8B"/>
     <w:rsid w:val="002432E5"/>
     <w:rsid w:val="00290592"/>
     <w:rsid w:val="002A445F"/>
+    <w:rsid w:val="002B6C51"/>
     <w:rsid w:val="002C4D3E"/>
     <w:rsid w:val="002D1D37"/>
     <w:rsid w:val="002D4008"/>
     <w:rsid w:val="003051C1"/>
     <w:rsid w:val="00330772"/>
     <w:rsid w:val="00331E49"/>
     <w:rsid w:val="00343AA8"/>
     <w:rsid w:val="00345863"/>
     <w:rsid w:val="00355E3B"/>
     <w:rsid w:val="00356911"/>
     <w:rsid w:val="00367C69"/>
     <w:rsid w:val="00393FF1"/>
+    <w:rsid w:val="003A79A9"/>
     <w:rsid w:val="003B7376"/>
     <w:rsid w:val="003C0E45"/>
     <w:rsid w:val="003F09F1"/>
     <w:rsid w:val="003F371B"/>
     <w:rsid w:val="003F592B"/>
     <w:rsid w:val="00415056"/>
     <w:rsid w:val="00427CCE"/>
     <w:rsid w:val="00433AE0"/>
     <w:rsid w:val="00444792"/>
     <w:rsid w:val="004A0872"/>
     <w:rsid w:val="004A170B"/>
     <w:rsid w:val="004B20E0"/>
     <w:rsid w:val="004B3ADB"/>
     <w:rsid w:val="004E787A"/>
+    <w:rsid w:val="004F2DBA"/>
     <w:rsid w:val="00510C99"/>
     <w:rsid w:val="00513476"/>
     <w:rsid w:val="0055677C"/>
     <w:rsid w:val="00557AC7"/>
     <w:rsid w:val="00571A48"/>
     <w:rsid w:val="005D0240"/>
     <w:rsid w:val="005E028E"/>
     <w:rsid w:val="005E69CD"/>
     <w:rsid w:val="00600AC0"/>
     <w:rsid w:val="00620A8F"/>
     <w:rsid w:val="00667EE8"/>
     <w:rsid w:val="00680EA3"/>
     <w:rsid w:val="00686D98"/>
     <w:rsid w:val="006B3F54"/>
     <w:rsid w:val="006C2E10"/>
     <w:rsid w:val="006E1288"/>
     <w:rsid w:val="006E1F65"/>
     <w:rsid w:val="00716255"/>
     <w:rsid w:val="00727467"/>
     <w:rsid w:val="00727D7C"/>
     <w:rsid w:val="00747A0D"/>
     <w:rsid w:val="00752020"/>
     <w:rsid w:val="00753345"/>
     <w:rsid w:val="007829A5"/>
     <w:rsid w:val="00790B93"/>
@@ -6871,227 +6044,293 @@
     <w:rsid w:val="00856B31"/>
     <w:rsid w:val="008620F5"/>
     <w:rsid w:val="008A723B"/>
     <w:rsid w:val="008D084F"/>
     <w:rsid w:val="008D6429"/>
     <w:rsid w:val="008E72C3"/>
     <w:rsid w:val="008F0F55"/>
     <w:rsid w:val="008F1957"/>
     <w:rsid w:val="008F56BB"/>
     <w:rsid w:val="009225EC"/>
     <w:rsid w:val="009633E4"/>
     <w:rsid w:val="00964CBC"/>
     <w:rsid w:val="0097440A"/>
     <w:rsid w:val="009879FA"/>
     <w:rsid w:val="009919F8"/>
     <w:rsid w:val="00992330"/>
     <w:rsid w:val="00993F5F"/>
     <w:rsid w:val="009A22F4"/>
     <w:rsid w:val="009B02DC"/>
     <w:rsid w:val="009C255A"/>
     <w:rsid w:val="009F27D9"/>
     <w:rsid w:val="009F36EF"/>
     <w:rsid w:val="00A0430C"/>
     <w:rsid w:val="00A10058"/>
     <w:rsid w:val="00A23A48"/>
+    <w:rsid w:val="00A249C6"/>
     <w:rsid w:val="00A441FB"/>
     <w:rsid w:val="00A4759D"/>
     <w:rsid w:val="00A561EE"/>
     <w:rsid w:val="00A62075"/>
     <w:rsid w:val="00A74BAD"/>
     <w:rsid w:val="00A9096B"/>
     <w:rsid w:val="00A96DF0"/>
     <w:rsid w:val="00AA02AC"/>
     <w:rsid w:val="00AA2DDA"/>
     <w:rsid w:val="00AB6FB7"/>
     <w:rsid w:val="00AE28E3"/>
     <w:rsid w:val="00B00352"/>
     <w:rsid w:val="00B01A93"/>
     <w:rsid w:val="00B16366"/>
     <w:rsid w:val="00B244DA"/>
     <w:rsid w:val="00B3024D"/>
+    <w:rsid w:val="00B34D87"/>
     <w:rsid w:val="00B3629B"/>
     <w:rsid w:val="00B36BCE"/>
     <w:rsid w:val="00B46C08"/>
     <w:rsid w:val="00BA1582"/>
     <w:rsid w:val="00BC6097"/>
     <w:rsid w:val="00BC6EA3"/>
     <w:rsid w:val="00C02D16"/>
     <w:rsid w:val="00C11D1E"/>
     <w:rsid w:val="00C177AC"/>
     <w:rsid w:val="00C24292"/>
     <w:rsid w:val="00C4317F"/>
     <w:rsid w:val="00C43BF0"/>
     <w:rsid w:val="00C46501"/>
     <w:rsid w:val="00C762DC"/>
     <w:rsid w:val="00C76D0C"/>
     <w:rsid w:val="00C77773"/>
     <w:rsid w:val="00C84FF2"/>
     <w:rsid w:val="00C86FBA"/>
     <w:rsid w:val="00C93F57"/>
     <w:rsid w:val="00C95EE2"/>
     <w:rsid w:val="00C97144"/>
     <w:rsid w:val="00CC074F"/>
+    <w:rsid w:val="00CC22BD"/>
     <w:rsid w:val="00CC3065"/>
     <w:rsid w:val="00CD0491"/>
     <w:rsid w:val="00CD1AB4"/>
     <w:rsid w:val="00CD1CBF"/>
     <w:rsid w:val="00D011C0"/>
     <w:rsid w:val="00D2388E"/>
     <w:rsid w:val="00D4564F"/>
     <w:rsid w:val="00D50702"/>
     <w:rsid w:val="00D61AF1"/>
     <w:rsid w:val="00D7562E"/>
     <w:rsid w:val="00D87A73"/>
     <w:rsid w:val="00D90046"/>
     <w:rsid w:val="00D91239"/>
     <w:rsid w:val="00DA7C72"/>
     <w:rsid w:val="00DC346C"/>
     <w:rsid w:val="00DF0AE7"/>
     <w:rsid w:val="00E03DDE"/>
     <w:rsid w:val="00E33172"/>
     <w:rsid w:val="00E62074"/>
     <w:rsid w:val="00E85725"/>
     <w:rsid w:val="00E90625"/>
     <w:rsid w:val="00E9381B"/>
     <w:rsid w:val="00EA06C3"/>
     <w:rsid w:val="00EC4B23"/>
     <w:rsid w:val="00ED247A"/>
     <w:rsid w:val="00EF57BF"/>
     <w:rsid w:val="00F15FB2"/>
     <w:rsid w:val="00F26E51"/>
     <w:rsid w:val="00F50A53"/>
     <w:rsid w:val="00F61FAA"/>
     <w:rsid w:val="00F71F43"/>
     <w:rsid w:val="00F737A7"/>
     <w:rsid w:val="00F7523F"/>
     <w:rsid w:val="00F8799C"/>
     <w:rsid w:val="00F96A2A"/>
     <w:rsid w:val="00F97531"/>
     <w:rsid w:val="00FA3869"/>
     <w:rsid w:val="00FA711E"/>
     <w:rsid w:val="00FB05F6"/>
     <w:rsid w:val="00FD3991"/>
     <w:rsid w:val="00FD5849"/>
     <w:rsid w:val="00FE2C83"/>
     <w:rsid w:val="00FF1042"/>
     <w:rsid w:val="00FF1AF9"/>
     <w:rsid w:val="00FF2870"/>
+    <w:rsid w:val="0113F502"/>
     <w:rsid w:val="01216F31"/>
     <w:rsid w:val="013FC215"/>
+    <w:rsid w:val="04BB5D05"/>
+    <w:rsid w:val="04C00CF4"/>
     <w:rsid w:val="04FBAD04"/>
+    <w:rsid w:val="065EB68F"/>
+    <w:rsid w:val="06FC5160"/>
     <w:rsid w:val="07FD379F"/>
     <w:rsid w:val="081E29A3"/>
     <w:rsid w:val="085FBC3F"/>
+    <w:rsid w:val="090A8291"/>
     <w:rsid w:val="0A016EF3"/>
     <w:rsid w:val="0CA4A37C"/>
+    <w:rsid w:val="0DE2C049"/>
     <w:rsid w:val="111A03A0"/>
     <w:rsid w:val="114A9D36"/>
     <w:rsid w:val="11B2904D"/>
+    <w:rsid w:val="1460F741"/>
+    <w:rsid w:val="14724A3D"/>
     <w:rsid w:val="14823DF8"/>
     <w:rsid w:val="149EC3EE"/>
+    <w:rsid w:val="16B41BCD"/>
     <w:rsid w:val="17A0B65D"/>
+    <w:rsid w:val="17BD72AB"/>
+    <w:rsid w:val="17CF1613"/>
     <w:rsid w:val="17EBA151"/>
     <w:rsid w:val="1942AB45"/>
     <w:rsid w:val="1955AF1B"/>
+    <w:rsid w:val="1AA7DA94"/>
+    <w:rsid w:val="1B498229"/>
+    <w:rsid w:val="1CA2D2D6"/>
+    <w:rsid w:val="1E2C8293"/>
     <w:rsid w:val="1F2C47BD"/>
     <w:rsid w:val="1F8DF905"/>
+    <w:rsid w:val="207CF5EA"/>
     <w:rsid w:val="23366522"/>
+    <w:rsid w:val="2358F463"/>
     <w:rsid w:val="24B0FBFC"/>
     <w:rsid w:val="25F48F69"/>
     <w:rsid w:val="2668CE14"/>
     <w:rsid w:val="268E34DD"/>
     <w:rsid w:val="28AA9D1A"/>
+    <w:rsid w:val="2A625433"/>
     <w:rsid w:val="2AF1C811"/>
     <w:rsid w:val="2CFFD5E0"/>
     <w:rsid w:val="2D64E5E0"/>
+    <w:rsid w:val="2EF336F8"/>
+    <w:rsid w:val="3010F0F4"/>
+    <w:rsid w:val="3352B445"/>
+    <w:rsid w:val="34F71A4D"/>
     <w:rsid w:val="3569B8B4"/>
     <w:rsid w:val="36815CDD"/>
     <w:rsid w:val="36D04445"/>
     <w:rsid w:val="36D1A1DB"/>
     <w:rsid w:val="36DCE3D5"/>
+    <w:rsid w:val="36E8C20D"/>
+    <w:rsid w:val="38D74514"/>
+    <w:rsid w:val="39541022"/>
     <w:rsid w:val="39A0EB9C"/>
     <w:rsid w:val="39E650E7"/>
+    <w:rsid w:val="416F23E3"/>
     <w:rsid w:val="42E26DB0"/>
     <w:rsid w:val="4375EE2B"/>
+    <w:rsid w:val="43DAFBEC"/>
+    <w:rsid w:val="4466CD3A"/>
     <w:rsid w:val="44A39EBE"/>
+    <w:rsid w:val="466CDC23"/>
+    <w:rsid w:val="47BB3818"/>
+    <w:rsid w:val="4852A1C1"/>
+    <w:rsid w:val="48EC4B74"/>
+    <w:rsid w:val="4922ECF7"/>
     <w:rsid w:val="4958526D"/>
     <w:rsid w:val="49B17F44"/>
     <w:rsid w:val="4A49EFC2"/>
     <w:rsid w:val="4C4D9553"/>
     <w:rsid w:val="4C848112"/>
+    <w:rsid w:val="4CD5210F"/>
+    <w:rsid w:val="50ED25D7"/>
+    <w:rsid w:val="51A797C0"/>
     <w:rsid w:val="55FACD9C"/>
+    <w:rsid w:val="569B37E1"/>
+    <w:rsid w:val="56BE034A"/>
+    <w:rsid w:val="575F53A1"/>
+    <w:rsid w:val="5824D0B9"/>
+    <w:rsid w:val="587F7439"/>
     <w:rsid w:val="59BC8F55"/>
     <w:rsid w:val="59DEA05C"/>
     <w:rsid w:val="5A61F249"/>
+    <w:rsid w:val="5B8F6656"/>
+    <w:rsid w:val="5C7B1542"/>
     <w:rsid w:val="5CEE08F9"/>
     <w:rsid w:val="5E32DE36"/>
     <w:rsid w:val="5ECF0C6F"/>
     <w:rsid w:val="5EED70FE"/>
     <w:rsid w:val="6025A9BB"/>
     <w:rsid w:val="63B16CCD"/>
     <w:rsid w:val="64352413"/>
+    <w:rsid w:val="64A3E567"/>
     <w:rsid w:val="64F91ADE"/>
+    <w:rsid w:val="6802D11F"/>
+    <w:rsid w:val="68096BC6"/>
+    <w:rsid w:val="6826472A"/>
     <w:rsid w:val="6830BBA0"/>
+    <w:rsid w:val="692E455A"/>
     <w:rsid w:val="6BCA61C4"/>
+    <w:rsid w:val="6D8E6C09"/>
+    <w:rsid w:val="70062071"/>
+    <w:rsid w:val="702AB204"/>
+    <w:rsid w:val="711FF48C"/>
+    <w:rsid w:val="71CB1D5A"/>
+    <w:rsid w:val="7309464E"/>
     <w:rsid w:val="731C99B8"/>
+    <w:rsid w:val="734DEAB0"/>
     <w:rsid w:val="738D9D13"/>
+    <w:rsid w:val="76C68B19"/>
+    <w:rsid w:val="7766303F"/>
     <w:rsid w:val="78E6A5F6"/>
+    <w:rsid w:val="7A83005E"/>
     <w:rsid w:val="7C2A3600"/>
+    <w:rsid w:val="7C5D5691"/>
+    <w:rsid w:val="7F068F6A"/>
     <w:rsid w:val="7F0CDC5D"/>
+    <w:rsid w:val="7F1A8FC0"/>
+    <w:rsid w:val="7F7A060B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2237B48F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{83DAB540-1810-4982-AACE-FB4C845C95D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7454,53 +6693,99 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002432E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="CM3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:pPr>
+      <w:framePr w:w="6699" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="3061" w:y="256"/>
+      <w:spacing w:line="563" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7726,55 +7011,148 @@
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D87A73"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="260"/>
+        <w:tab w:val="left" w:pos="400"/>
+        <w:tab w:val="left" w:pos="740"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2520"/>
+        <w:tab w:val="left" w:pos="3291"/>
+        <w:tab w:val="left" w:pos="4920"/>
+        <w:tab w:val="left" w:pos="5220"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F2DBA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="521356614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="677149549">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7791,51 +7169,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1114055126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/ht2uflmhberg3jp/Logo%20Usage%20Guide%20-%20READ%20FIRST.pdf?dl=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.pineda@dncr.nc.gov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NCGrants@osbm.nc.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncarts.org/grants-resources/resources/logo-branding-materials" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://twitter.com/NCArtsCouncil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/ncarts/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/ncartscouncil/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ai-ling.chang@dncr.nc.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arts.gov/grants/manage-your-award/nea-logo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arts.gov/grants/manage-your-award/nea-logo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NCGrants@osbm.nc.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/ht2uflmhberg3jp/Logo%20Usage%20Guide%20-%20READ%20FIRST.pdf?dl=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ai-ling.chang@dncr.nc.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncarts.org/grants-resources/resources/logo-branding-materials" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/ncarts/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/ncartscouncil/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8068,72 +7446,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a2db6db4682a6646e036eb1c9a99dd0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7acd4a5ae5d1866211312c3073f0fac9" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8328,118 +7695,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD52A15F-89BF-462F-B0A3-AC5858782E1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{529B89DC-F2A0-4C15-BBCE-34BFADDA1C82}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92311839-63BE-4A27-9CE5-21A3682AD51D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3633DB11-CDE4-49DD-9FB5-C5352E6054B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10239</Characters>
+  <Pages>6</Pages>
+  <Words>1657</Words>
+  <Characters>9349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12011</CharactersWithSpaces>
+  <CharactersWithSpaces>10906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>janelle.wienke@ncdcr.gov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>