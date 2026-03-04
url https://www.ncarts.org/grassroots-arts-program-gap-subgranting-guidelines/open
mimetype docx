--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -11,5436 +11,2905 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C95AD51" w14:textId="3586B516" w:rsidR="00353F9F" w:rsidRPr="007F3270" w:rsidRDefault="00353F9F" w:rsidP="007F3270">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="007F3270">
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2795D82B" wp14:editId="2294B1B4">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2795D82B" wp14:editId="116F4F1E">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>5368925</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4232190</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>119173</wp:posOffset>
+              <wp:posOffset>107092</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1710793" cy="944655"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:extent cx="2162656" cy="844786"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1" name="Image 1" descr="A picture containing text, window&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Image 1" descr="A picture containing text, window&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1" name="Image 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1710793" cy="944655"/>
+                      <a:ext cx="2165416" cy="845864"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="007F3270">
         <w:t xml:space="preserve">North Carolina Arts Council </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Grassroots_Arts_Program"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007F3270">
         <w:t xml:space="preserve">Grassroots Arts Program </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Subgranting_Guidelines"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="007F3270">
         <w:t>Subgranting Guidelines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7526E46C" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00943634" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="7526E46C" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00943634">
+      <w:r w:rsidRPr="0031107A">
         <w:t>Eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701607EE" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="701607EE" w14:textId="27D72AD6" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="203F83B9" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...158 lines deleted...]
-        <w:t>require unincorporated nonprofits to have a fiscal agent to receive the funds on their behalf.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00353F9F" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">onprofit 501(c)(3) status is preferred, </w:t>
+      </w:r>
+      <w:r w:rsidR="112504F8" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">but </w:t>
+      </w:r>
+      <w:r w:rsidR="00353F9F" w:rsidRPr="0031107A">
+        <w:t>organizations that are nonprofit in nature</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFF9AC4" w:rsidRPr="0031107A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00353F9F" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="45ED8425" w:rsidRPr="0031107A">
+        <w:t>or in some cases individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="70C978F9" w:rsidRPr="0031107A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="45ED8425" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve"> are eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="63ECCDDA" w:rsidRPr="0031107A">
+        <w:t>to receive</w:t>
+      </w:r>
+      <w:r w:rsidR="45ED8425" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00353F9F" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">subgrants. Grassroots partners may require </w:t>
+      </w:r>
+      <w:r w:rsidR="1FBADCD8" w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">applicants without 501(c)(3) status </w:t>
+      </w:r>
+      <w:r w:rsidR="00353F9F" w:rsidRPr="0031107A">
+        <w:t>to have a fiscal agent to receive the funds on their behalf.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183B29AD" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="183B29AD" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...204 lines deleted...]
-        <w:t>applying.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>All organizations must reside and carry out projects within the county in which they are applying.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BAA133" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="30BAA133" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00C247A7" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...185 lines deleted...]
-        <w:t>year.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C247A7">
+        <w:t>Projects must take place between July 1 and June 30 of the current fiscal year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C6E2B8" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="02C6E2B8" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...133 lines deleted...]
-        <w:t>considered.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Only complete applications received by the due date will be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F4615F" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="22F4615F" w14:textId="3E82B90B" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...171 lines deleted...]
-        <w:t>support directly from the N.C. Arts Council</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Subgrants may not be awarded to arts organizations that already receive operating support directly from the N.C. Arts Council</w:t>
+      </w:r>
+      <w:r w:rsidR="0B020B08" w:rsidRPr="0031107A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144839A8" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00943634" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="144839A8" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00943634" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00943634">
         <w:t>What the grant will fund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D898BB" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="31D898BB" w14:textId="16F04778" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>expenses</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6FB89982" w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>projects</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>including</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>artist</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>fees</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>travel,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
         <w:t>space rental, marketing, advertising, costumes, sets, props, and equipment rental.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D680856" w14:textId="61EAB6F4" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="5D680856" w14:textId="61EAB6F4" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...10 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Limited</w:t>
       </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>operating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>operating</w:t>
+        <w:t>expenses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>expenses</w:t>
+        <w:t>arts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002911E2">
-        <w:rPr>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>organizations</w:t>
       </w:r>
-      <w:r w:rsidRPr="002911E2">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>only.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B14B33D" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="7B14B33D" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002911E2">
         <w:t>Examples of arts programs that are commonly supported with Grassroots funds are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642D2FDB" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="642D2FDB" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Performances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3491D8C6" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Festivals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A35F334" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Art exhibitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BFF279" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Arts camps and after-school programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C5EAF7" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Artist residencies for K-12 schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD3EBDB" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Artist fees for classes and workshops</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0C2093" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Marketing expenses for art walks and studio tours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA4BDBE" w14:textId="77777777" w:rsidR="00A6663E" w:rsidRPr="0031107A" w:rsidRDefault="00A6663E" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Royalties, props, sets, and costumes for theater performances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0FF831" w14:textId="77777777" w:rsidR="00A6663E" w:rsidRPr="0031107A" w:rsidRDefault="00A6663E" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Equipment rental for arts programming</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0EB613" w14:textId="458752A8" w:rsidR="00A6663E" w:rsidRPr="0031107A" w:rsidRDefault="00A6663E" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Space rental for arts programming</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704E7A25" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00472F5F">
+        <w:lastRenderedPageBreak/>
+        <w:t>What the grant will not fund</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0F22EF" w14:textId="2383705A" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidDel="00E67B48" w:rsidRDefault="7D60D2C5" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67B48" w:rsidRPr="0031107A">
+        <w:t>ompetitions, scholarships, tuition, financial awards, or prizes</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67B48" w:rsidRPr="0031107A" w:rsidDel="00E67B48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E006DC4" w14:textId="2256F8ED" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidDel="00E67B48" w:rsidRDefault="001A65D5" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Art, music, and dance therapists*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059828F1" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Fundraising</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> events</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3967664A" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>artwork</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECBFC53" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Food</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>beverages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>hospitality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">entertainment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>functions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F47E4A1" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Internal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>programs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>band</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>or equipment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>choral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741AB6B9" w14:textId="4012C4BB" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Oral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>history</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>history</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>projects</w:t>
+      </w:r>
+      <w:r w:rsidR="001A65D5" w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE0DDEE" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>on loans,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>fines,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:t xml:space="preserve">litigation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>costs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5769C7D7" w14:textId="77777777" w:rsidR="002510E1" w:rsidRPr="0031107A" w:rsidRDefault="002510E1" w:rsidP="0031107A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Art, music and dance therapists conducting a therapeutic program cannot be funded. However, qualified artists conducting an arts program in a health care setting may be supported with Grassroots funds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDEEE47" w14:textId="13BC26F7" w:rsidR="002510E1" w:rsidRPr="0031107A" w:rsidRDefault="002510E1" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="Content"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>**Oral history and history projects are not eligible for Grassroots funds. However, folklife documentation of traditional arts, including the creation of interviews, photography, videography, and other documentary media, is eligible for support through the Grassroots Arts Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AEBDB7" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="Additional_Funding_Policies"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00472F5F">
+        <w:t>Additional funding policies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB0EF8C" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tribal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>organizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>funds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>represent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>federally</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">recognized tribes. North Carolina’s state-recognized tribes are Coharie Tribe, Eastern Band of Cherokee, Haliwa-Saponi Tribe, Lumbee Tribe, Meherrin Tribe, Occaneechi Band of Saponi Nation, Sappony Tribe, and the Waccamaw Siouan Tribe. An approved list of tribes can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="0031107A">
+          <w:rPr>
+            <w:color w:val="0562C1"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0562C1"/>
+          </w:rPr>
+          <w:t>www.doa.nc.gov/divisions/american-indian-affairs/nc-tribes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E28E13" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Colleges, universities, and libraries may receive grants for arts programs that are community- based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>generate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>regional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>arts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>involvement.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Grants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>internal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">programs, administration, or operating expenses (e.g., library books, band activities, equipment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>purchases).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D3AB82" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>churches</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>funds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are presented outside regular church services, engage the larger community, and do not contain religious content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5914E8CF" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Grassroots funds may not be used for activities associated with a school’s internal arts programs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in-school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>performances,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>art</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>supplies,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>arts competitions and publications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF636E4" w14:textId="56A8DF8D" w:rsidR="00B57FFB" w:rsidRPr="00D90D4D" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>funds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>student transportation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>regional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>arts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>exhibits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F33AE">
+        <w:t>programs on a limited basis. Prior approval from the Arts in Communities director is required, and documentation of the expense must be included in the organization’s final report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ABB19C" w14:textId="4932E410" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Municipalities (city/county government) and community organizations may receive grants for arts programs that use qualified artists to conduct programs that involve the greater community.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Grants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>internal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>programs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>administration,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>operating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>expenses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127ADFA2" w14:textId="6AE9F87E" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Because the N.C. Symphony is a state agency and receives state funds, including funds specifically</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>touring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>programs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>funds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>granted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F342E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N.C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Symphony</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N.C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Symphony</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>performances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>programs of the N.C. Symphony.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09289873" w14:textId="21129C2F" w:rsidR="00353F9F" w:rsidRPr="00F2643F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="Racial_and_Cultural_Diversity"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>Priorities for funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756D2F6B" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>arts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>organizations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>theaters,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>symphonies,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t xml:space="preserve">galleries, art guilds, choral societies, dance companies, folk arts societies, writer’s groups, and arts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>festivals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C10C2F" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>that support arts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>and arts-in-education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>programs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>conducted by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>qualified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>artists.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>These</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>artist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>residencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>schools,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>after-school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>programs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69A01B57">
+        <w:t>summer camps, or adult arts learning classes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FD7212" w14:textId="534A1B24" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>Applicants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>community</w:t>
+      </w:r>
+      <w:r w:rsidR="78AE345F" w:rsidRPr="22F9DD63">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="337AE022" w:rsidRPr="29D4A2C0">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>civic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="68F7A448" w:rsidRPr="29D4A2C0">
+        <w:t xml:space="preserve">organizations </w:t>
+      </w:r>
+      <w:r w:rsidR="1D838FC9" w:rsidRPr="29D4A2C0">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t>arts experiences</w:t>
+      </w:r>
+      <w:r w:rsidR="0C70C243" w:rsidRPr="7E109F8C">
+        <w:t xml:space="preserve"> and programming</w:t>
+      </w:r>
+      <w:r w:rsidR="2C46ACBE" w:rsidRPr="29D4A2C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3C8844AE" w:rsidRPr="29D4A2C0">
+        <w:t>tha</w:t>
+      </w:r>
+      <w:r w:rsidR="3C8844AE" w:rsidRPr="7E109F8C">
+        <w:t>t serves</w:t>
+      </w:r>
+      <w:r w:rsidR="219B5431" w:rsidRPr="29D4A2C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22F9DD63">
+        <w:t xml:space="preserve">the greater community. These programs must be conducted by qualified </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>artists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA17EBF" w14:textId="0DB6341D" w:rsidR="00353F9F" w:rsidRPr="00807140" w:rsidRDefault="00353F9F" w:rsidP="0031107A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00472F5F">
+        <w:t>Criteria for evaluation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30883F14" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="0031107A" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>of volunteers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>adjudicate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D77FC82" w14:textId="18DFA034" w:rsidR="002911E2" w:rsidRPr="0031107A" w:rsidRDefault="002911E2" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1079"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="233" w:after="0"/>
         <w:ind w:left="990" w:hanging="270"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...11 lines deleted...]
-        <w:t>Performances</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Artistic quality of the proposed project</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3491D8C6" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="1A2CCDFF" w14:textId="77777777" w:rsidR="002911E2" w:rsidRPr="0031107A" w:rsidRDefault="002911E2" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1079"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="72" w:after="0"/>
         <w:ind w:left="990" w:hanging="270"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...11 lines deleted...]
-        <w:t>Festivals</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Community impact of project or program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A35F334" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="7503A2C2" w14:textId="703AD04B" w:rsidR="005C2AC7" w:rsidRPr="0031107A" w:rsidRDefault="002911E2" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1079"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="72" w:after="0"/>
         <w:ind w:left="990" w:hanging="270"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...28 lines deleted...]
-        <w:t>exhibitions</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031107A">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ability to plan and implement project</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BFF279" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="002911E2" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
-[...499 lines deleted...]
-    <w:p w14:paraId="704E7A25" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="00F2643F">
+    <w:p w14:paraId="4239245D" w14:textId="0D742C34" w:rsidR="7E109F8C" w:rsidRDefault="6143450B" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00472F5F">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>What the grant will not fund</w:t>
-[...3186 lines deleted...]
-        <w:t>Requirements of the Grassroots Grant</w:t>
+        <w:t>Subgrant Award</w:t>
+      </w:r>
+      <w:r w:rsidR="08CE1686">
+        <w:t xml:space="preserve"> Requirements</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Matching_Funds"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="3B73D0B5" w14:textId="7E870CD7" w:rsidR="00353F9F" w:rsidRPr="00472F5F" w:rsidRDefault="00353F9F" w:rsidP="00353FC4">
+    <w:p w14:paraId="3B73D0B5" w14:textId="7E870CD7" w:rsidR="00353F9F" w:rsidRPr="00C247A7" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C247A7">
+        <w:t xml:space="preserve">Matching </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27344" w:rsidRPr="00C247A7">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C247A7">
+        <w:t>unds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651A7A3B" w14:textId="4EB328A0" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
+      <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00472F5F">
-[...6 lines deleted...]
-        <w:t>unds</w:t>
+      <w:r>
+        <w:t>Grassroots</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5F167665">
+        <w:t>subgrants must be</w:t>
+      </w:r>
+      <w:r w:rsidR="5F167665">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>matched</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dollar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dollar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">cash from local sources during the applicable fiscal year. </w:t>
+      </w:r>
+      <w:r w:rsidR="35FB9C89">
+        <w:t>Grassroots partners are required to have a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ll matching funds documented as part of the final report for the grant at the end of the fiscal year.</w:t>
+      </w:r>
+      <w:r w:rsidR="0FB6A956">
+        <w:t xml:space="preserve"> Grassroots grants cannot be matched by other N.C. Arts Council funding. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651A7A3B" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00E27344">
-[...144 lines deleted...]
-    <w:p w14:paraId="214501A2" w14:textId="48C97585" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00353FC4">
+    <w:p w14:paraId="214501A2" w14:textId="48C97585" w:rsidR="00353F9F" w:rsidRPr="00D90D4D" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="North_Carolina_Arts_Council_Logo_Usage"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:t>North</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:t>Carolina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:t>Arts</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:t>Council</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27344">
+      <w:r w:rsidR="00E27344" w:rsidRPr="00D90D4D">
         <w:t>l</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:t>ogo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E27344">
+      <w:r w:rsidR="00E27344" w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D90D4D">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>sage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5C7200" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00353FC4">
-[...3 lines deleted...]
-        <w:ind w:left="360" w:right="223" w:firstLine="0"/>
+    <w:p w14:paraId="6F5C7200" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
+      <w:pPr>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>All subgrant recipients are required to prominently display the North Carolina Arts Council logo with tagline and credit lines on-site at funded events and in all digital and printed publicity materials including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>websites,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>electronic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -5553,281 +3022,565 @@
         <w:r>
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
           <w:t>https://www.ncarts.org/grants-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0562C1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
           <w:t>resources/resources/logo-branding-materials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="488E5526" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRDefault="00353F9F" w:rsidP="00353FC4">
+    <w:p w14:paraId="488E5526" w14:textId="77777777" w:rsidR="00353F9F" w:rsidRPr="00D90D4D" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D90D4D">
+        <w:t>Reporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90D4D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90D4D">
+        <w:t>requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF9A80D" w14:textId="7918419E" w:rsidR="686EA6DD" w:rsidRDefault="00353F9F" w:rsidP="00C247A7">
+      <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Reporting</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>Subgrant awardees must complete a final report to document the use of the funds, share participant statistics,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>verification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>matching</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>funds</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...23 lines deleted...]
-        <w:t>Subgrant awardees must complete a final report to document the use of the funds, share participant statistics</w:t>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>demonstrate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>and</w:t>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>demographics,</w:t>
-[...88 lines deleted...]
-      <w:r>
         <w:t>the use of the N.C. Arts Council’s logo and credit line.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>Form.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="686EA6DD" w:rsidSect="006E3496">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16E9156A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82DA4F6A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DB426C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="14208F60"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36EE05CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65C240EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A696B8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="240AED60"/>
     <w:lvl w:ilvl="0" w:tplc="441EA908">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0DA61642">
@@ -5907,51 +3660,164 @@
     <w:lvl w:ilvl="7" w:tplc="B4B054F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7632" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7D5CCD86">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8568" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="525F600B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1B06300"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56B10D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8922643E"/>
     <w:lvl w:ilvl="0" w:tplc="3BBADCF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="131"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="58F41EC6">
       <w:numFmt w:val="bullet"/>
@@ -6028,51 +3894,51 @@
     <w:lvl w:ilvl="7" w:tplc="1C14932C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7632" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9626A5E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8568" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3E0646"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFB07164"/>
     <w:lvl w:ilvl="0" w:tplc="971A3E1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DBC0D0D8">
@@ -6150,389 +4016,812 @@
     <w:lvl w:ilvl="7" w:tplc="AC0CB242">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7632" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45182FAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8568" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63921632"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="879015B0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="666A42D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9FFC361C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ABD2CAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="635ACBE2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="387076285">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="441845506">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1135217978">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="805511432">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1519929287">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1540623382">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1114403905">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1277566054">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1457286141">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="441845506">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="10" w16cid:durableId="1385525334">
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="66"/>
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="737AD07A"/>
     <w:rsid w:val="000033E5"/>
     <w:rsid w:val="000E55F6"/>
+    <w:rsid w:val="000F022D"/>
     <w:rsid w:val="000F6C83"/>
     <w:rsid w:val="00124388"/>
+    <w:rsid w:val="001759C5"/>
     <w:rsid w:val="001A35F8"/>
+    <w:rsid w:val="001A65D5"/>
     <w:rsid w:val="001F1500"/>
     <w:rsid w:val="002311E1"/>
     <w:rsid w:val="00247973"/>
+    <w:rsid w:val="002510E1"/>
     <w:rsid w:val="002911E2"/>
+    <w:rsid w:val="0031107A"/>
     <w:rsid w:val="00353F9F"/>
     <w:rsid w:val="00353FC4"/>
     <w:rsid w:val="00364BA0"/>
+    <w:rsid w:val="003D0761"/>
+    <w:rsid w:val="003F30FB"/>
     <w:rsid w:val="00401E8C"/>
     <w:rsid w:val="004C2806"/>
     <w:rsid w:val="004D07B7"/>
     <w:rsid w:val="0058763A"/>
     <w:rsid w:val="005B3CCA"/>
     <w:rsid w:val="005B67EF"/>
+    <w:rsid w:val="005C2AC7"/>
     <w:rsid w:val="005D2928"/>
     <w:rsid w:val="006104BB"/>
     <w:rsid w:val="006C6137"/>
     <w:rsid w:val="006E3496"/>
+    <w:rsid w:val="00710D0E"/>
+    <w:rsid w:val="007209D9"/>
     <w:rsid w:val="00732FC4"/>
     <w:rsid w:val="007372CE"/>
     <w:rsid w:val="007F3270"/>
     <w:rsid w:val="00807140"/>
     <w:rsid w:val="00860E4D"/>
     <w:rsid w:val="008D208B"/>
+    <w:rsid w:val="00900ACB"/>
     <w:rsid w:val="009133A3"/>
+    <w:rsid w:val="00941D71"/>
     <w:rsid w:val="00943634"/>
     <w:rsid w:val="009F33AE"/>
     <w:rsid w:val="00A6663E"/>
     <w:rsid w:val="00A95C63"/>
+    <w:rsid w:val="00AE146D"/>
+    <w:rsid w:val="00B2358E"/>
     <w:rsid w:val="00B57FFB"/>
     <w:rsid w:val="00B627B0"/>
+    <w:rsid w:val="00B630CF"/>
+    <w:rsid w:val="00BD0945"/>
     <w:rsid w:val="00BD1218"/>
+    <w:rsid w:val="00C247A7"/>
     <w:rsid w:val="00C42251"/>
     <w:rsid w:val="00C62CC2"/>
     <w:rsid w:val="00CE77A2"/>
     <w:rsid w:val="00D419A4"/>
     <w:rsid w:val="00D54036"/>
+    <w:rsid w:val="00D90D4D"/>
+    <w:rsid w:val="00E01CDD"/>
+    <w:rsid w:val="00E07340"/>
     <w:rsid w:val="00E27344"/>
+    <w:rsid w:val="00E67B48"/>
     <w:rsid w:val="00F2643F"/>
     <w:rsid w:val="00F342E3"/>
     <w:rsid w:val="00F85EF6"/>
+    <w:rsid w:val="00FC182A"/>
     <w:rsid w:val="010FB06D"/>
     <w:rsid w:val="01A11A35"/>
     <w:rsid w:val="02005D1F"/>
     <w:rsid w:val="02CF188C"/>
+    <w:rsid w:val="03519EA8"/>
     <w:rsid w:val="038DFE67"/>
     <w:rsid w:val="03972B6C"/>
     <w:rsid w:val="04179E69"/>
     <w:rsid w:val="0479D261"/>
     <w:rsid w:val="04A61B0B"/>
     <w:rsid w:val="05073FAF"/>
     <w:rsid w:val="051F3055"/>
     <w:rsid w:val="05713EED"/>
     <w:rsid w:val="05B7B0E0"/>
     <w:rsid w:val="05D0B6EC"/>
     <w:rsid w:val="05EE9791"/>
+    <w:rsid w:val="0614340D"/>
     <w:rsid w:val="0637BB28"/>
     <w:rsid w:val="0690421F"/>
     <w:rsid w:val="07069AE4"/>
     <w:rsid w:val="07300BA3"/>
     <w:rsid w:val="0735E9D6"/>
     <w:rsid w:val="07695253"/>
     <w:rsid w:val="08665D94"/>
     <w:rsid w:val="087F0662"/>
     <w:rsid w:val="08835E98"/>
+    <w:rsid w:val="08A41034"/>
+    <w:rsid w:val="08CE1686"/>
     <w:rsid w:val="09AC95F9"/>
     <w:rsid w:val="09AE8FB1"/>
+    <w:rsid w:val="0B020B08"/>
     <w:rsid w:val="0B61D61A"/>
     <w:rsid w:val="0B8E55F7"/>
+    <w:rsid w:val="0BC896E6"/>
     <w:rsid w:val="0BF079FB"/>
+    <w:rsid w:val="0C70C243"/>
     <w:rsid w:val="0CBDF809"/>
     <w:rsid w:val="0D313528"/>
     <w:rsid w:val="0D8D481A"/>
+    <w:rsid w:val="0E4D1E1E"/>
+    <w:rsid w:val="0E4FF179"/>
     <w:rsid w:val="0E9F6A3F"/>
     <w:rsid w:val="0EE7310D"/>
     <w:rsid w:val="0F532DE7"/>
+    <w:rsid w:val="0FB6A956"/>
     <w:rsid w:val="105AAD34"/>
     <w:rsid w:val="10C308BB"/>
+    <w:rsid w:val="112504F8"/>
+    <w:rsid w:val="118CFDD8"/>
     <w:rsid w:val="11C45514"/>
     <w:rsid w:val="11DA4E88"/>
     <w:rsid w:val="1289E874"/>
+    <w:rsid w:val="12933227"/>
+    <w:rsid w:val="12B2A45B"/>
     <w:rsid w:val="12DBF7D8"/>
     <w:rsid w:val="145DEBC8"/>
     <w:rsid w:val="14B01314"/>
     <w:rsid w:val="14D81F97"/>
+    <w:rsid w:val="14FF67BD"/>
     <w:rsid w:val="15D138E8"/>
+    <w:rsid w:val="177C3272"/>
     <w:rsid w:val="17CE9A78"/>
     <w:rsid w:val="19B123CB"/>
     <w:rsid w:val="19CFFE4A"/>
     <w:rsid w:val="1AA10C44"/>
     <w:rsid w:val="1B1344D4"/>
     <w:rsid w:val="1B56DE16"/>
     <w:rsid w:val="1BD86C5D"/>
+    <w:rsid w:val="1BECC91A"/>
+    <w:rsid w:val="1BF346D3"/>
     <w:rsid w:val="1C67517A"/>
+    <w:rsid w:val="1D68D607"/>
+    <w:rsid w:val="1D786D6C"/>
+    <w:rsid w:val="1D838FC9"/>
     <w:rsid w:val="1D881938"/>
     <w:rsid w:val="1DA964AF"/>
     <w:rsid w:val="1DAB596A"/>
     <w:rsid w:val="1DD67A52"/>
     <w:rsid w:val="1F4CB971"/>
     <w:rsid w:val="1F58537F"/>
     <w:rsid w:val="1FA70F90"/>
+    <w:rsid w:val="1FBADCD8"/>
     <w:rsid w:val="1FBFB1E5"/>
     <w:rsid w:val="20239CAA"/>
     <w:rsid w:val="2031701E"/>
+    <w:rsid w:val="203F83B9"/>
     <w:rsid w:val="20B54D49"/>
     <w:rsid w:val="20F4B263"/>
+    <w:rsid w:val="2146AF1E"/>
+    <w:rsid w:val="219B5431"/>
     <w:rsid w:val="21ABF386"/>
     <w:rsid w:val="21D57C0A"/>
     <w:rsid w:val="22133C03"/>
     <w:rsid w:val="2232BE97"/>
     <w:rsid w:val="225F1168"/>
     <w:rsid w:val="22DB8009"/>
+    <w:rsid w:val="22F9DD63"/>
     <w:rsid w:val="24073DA6"/>
     <w:rsid w:val="24F59D3B"/>
     <w:rsid w:val="2576C146"/>
     <w:rsid w:val="258289B8"/>
     <w:rsid w:val="261EDCB7"/>
     <w:rsid w:val="267B0257"/>
     <w:rsid w:val="272BC807"/>
     <w:rsid w:val="27A18AA9"/>
     <w:rsid w:val="295E43F7"/>
     <w:rsid w:val="2968468C"/>
     <w:rsid w:val="299F85D8"/>
+    <w:rsid w:val="29D4A2C0"/>
     <w:rsid w:val="2A504E09"/>
     <w:rsid w:val="2A58D6C3"/>
     <w:rsid w:val="2A792FAC"/>
     <w:rsid w:val="2A7984E8"/>
     <w:rsid w:val="2A8A4A72"/>
     <w:rsid w:val="2AEF8742"/>
     <w:rsid w:val="2AF67DC7"/>
     <w:rsid w:val="2B0356DB"/>
+    <w:rsid w:val="2B63AECF"/>
     <w:rsid w:val="2B6A8260"/>
     <w:rsid w:val="2BE16CA5"/>
+    <w:rsid w:val="2C46ACBE"/>
     <w:rsid w:val="2C56365E"/>
+    <w:rsid w:val="2C672F14"/>
+    <w:rsid w:val="2CC90A03"/>
+    <w:rsid w:val="2D5438DA"/>
+    <w:rsid w:val="2E049FEC"/>
     <w:rsid w:val="2E43B05D"/>
     <w:rsid w:val="2E684872"/>
     <w:rsid w:val="2EC70931"/>
     <w:rsid w:val="2F2BF0D5"/>
     <w:rsid w:val="2F61F664"/>
     <w:rsid w:val="2FDF80BE"/>
     <w:rsid w:val="30193661"/>
     <w:rsid w:val="302C095A"/>
+    <w:rsid w:val="31428969"/>
     <w:rsid w:val="31451F01"/>
     <w:rsid w:val="31EF6193"/>
+    <w:rsid w:val="337AE022"/>
     <w:rsid w:val="339FA544"/>
     <w:rsid w:val="33B2E772"/>
     <w:rsid w:val="33D8228E"/>
     <w:rsid w:val="33DCFDE0"/>
     <w:rsid w:val="33E0F238"/>
     <w:rsid w:val="3491AA28"/>
+    <w:rsid w:val="34E2ECA6"/>
     <w:rsid w:val="352E0F91"/>
     <w:rsid w:val="354F9CB9"/>
     <w:rsid w:val="356710BF"/>
     <w:rsid w:val="35F72EBB"/>
+    <w:rsid w:val="35FB9C89"/>
     <w:rsid w:val="374A7DBA"/>
+    <w:rsid w:val="378620A6"/>
     <w:rsid w:val="37D8BE68"/>
     <w:rsid w:val="37FB784F"/>
     <w:rsid w:val="37FD07BD"/>
     <w:rsid w:val="380E1CBF"/>
     <w:rsid w:val="3829F36A"/>
     <w:rsid w:val="384A1524"/>
     <w:rsid w:val="3882CA4B"/>
     <w:rsid w:val="38E60F3D"/>
     <w:rsid w:val="38ED62AA"/>
     <w:rsid w:val="38EFA06E"/>
+    <w:rsid w:val="39C24B34"/>
     <w:rsid w:val="39D49E52"/>
     <w:rsid w:val="3A47D154"/>
     <w:rsid w:val="3A9A3B71"/>
     <w:rsid w:val="3B03FD0A"/>
     <w:rsid w:val="3BF7A082"/>
+    <w:rsid w:val="3C8844AE"/>
     <w:rsid w:val="3CBF62A0"/>
     <w:rsid w:val="3CC0727F"/>
     <w:rsid w:val="3DBA32A7"/>
     <w:rsid w:val="3E0691C0"/>
     <w:rsid w:val="3E5EBDB9"/>
     <w:rsid w:val="3E6FDCCC"/>
     <w:rsid w:val="3E957A14"/>
     <w:rsid w:val="3F15081C"/>
     <w:rsid w:val="40763ACF"/>
+    <w:rsid w:val="42D73779"/>
     <w:rsid w:val="4315D2F4"/>
     <w:rsid w:val="4327323F"/>
     <w:rsid w:val="43D8ABCB"/>
     <w:rsid w:val="44B2854C"/>
+    <w:rsid w:val="44BAED22"/>
     <w:rsid w:val="45340B21"/>
     <w:rsid w:val="4535A533"/>
     <w:rsid w:val="45A3B041"/>
+    <w:rsid w:val="45ED8425"/>
     <w:rsid w:val="4615400B"/>
     <w:rsid w:val="46BC6960"/>
     <w:rsid w:val="4768D142"/>
     <w:rsid w:val="47B1106C"/>
     <w:rsid w:val="4889FD52"/>
     <w:rsid w:val="48BD98FE"/>
     <w:rsid w:val="4914F5D5"/>
     <w:rsid w:val="4943445A"/>
     <w:rsid w:val="49E800B1"/>
     <w:rsid w:val="4A4C4D05"/>
     <w:rsid w:val="4AC81E18"/>
     <w:rsid w:val="4B596B3F"/>
     <w:rsid w:val="4C12F1C5"/>
     <w:rsid w:val="4CEE38B1"/>
     <w:rsid w:val="4DD4E715"/>
     <w:rsid w:val="4E8A58DA"/>
     <w:rsid w:val="4F1FBE28"/>
+    <w:rsid w:val="4F29C716"/>
     <w:rsid w:val="4FC18A04"/>
+    <w:rsid w:val="4FFAD29C"/>
+    <w:rsid w:val="50645B5D"/>
     <w:rsid w:val="50BB8E89"/>
     <w:rsid w:val="51073E86"/>
     <w:rsid w:val="5168EC61"/>
     <w:rsid w:val="51B5C798"/>
     <w:rsid w:val="5243FEC0"/>
     <w:rsid w:val="525D2C23"/>
     <w:rsid w:val="52CF60D6"/>
+    <w:rsid w:val="52DFF8C5"/>
     <w:rsid w:val="534CB574"/>
     <w:rsid w:val="5382AC95"/>
     <w:rsid w:val="53C0EA17"/>
     <w:rsid w:val="53E4EAB3"/>
     <w:rsid w:val="5461CBA9"/>
     <w:rsid w:val="5463C15E"/>
     <w:rsid w:val="549F91EA"/>
     <w:rsid w:val="54C09909"/>
     <w:rsid w:val="5502E4B1"/>
     <w:rsid w:val="550357AA"/>
+    <w:rsid w:val="555E77B7"/>
     <w:rsid w:val="558EFFAC"/>
     <w:rsid w:val="55A7FFD0"/>
     <w:rsid w:val="55DACE3C"/>
     <w:rsid w:val="56422281"/>
     <w:rsid w:val="56D17719"/>
+    <w:rsid w:val="583A4298"/>
     <w:rsid w:val="5856F5FE"/>
     <w:rsid w:val="58FB54D4"/>
     <w:rsid w:val="5904C846"/>
     <w:rsid w:val="59098DEE"/>
     <w:rsid w:val="5A273B9E"/>
     <w:rsid w:val="5A3CBB3E"/>
     <w:rsid w:val="5BAA4744"/>
     <w:rsid w:val="5BE84A59"/>
     <w:rsid w:val="5C35BC93"/>
     <w:rsid w:val="5C544307"/>
+    <w:rsid w:val="5C90B971"/>
     <w:rsid w:val="5CB64C55"/>
     <w:rsid w:val="5CD10A85"/>
     <w:rsid w:val="5D309C2D"/>
     <w:rsid w:val="5D80E934"/>
     <w:rsid w:val="5DF671AC"/>
     <w:rsid w:val="5DF6B2BF"/>
     <w:rsid w:val="5E0DCB0C"/>
     <w:rsid w:val="5E109A23"/>
     <w:rsid w:val="5E44D8C4"/>
     <w:rsid w:val="5E57F7F3"/>
     <w:rsid w:val="5E9A9003"/>
+    <w:rsid w:val="5F167665"/>
     <w:rsid w:val="606D6CE4"/>
     <w:rsid w:val="60784A57"/>
+    <w:rsid w:val="6143450B"/>
     <w:rsid w:val="61E08C25"/>
     <w:rsid w:val="62CD1151"/>
     <w:rsid w:val="62CD9FEE"/>
     <w:rsid w:val="635D4460"/>
     <w:rsid w:val="63A5EB44"/>
+    <w:rsid w:val="63ECCDDA"/>
     <w:rsid w:val="64A26F82"/>
     <w:rsid w:val="64B5F40A"/>
     <w:rsid w:val="64FD4B2C"/>
     <w:rsid w:val="65138BED"/>
     <w:rsid w:val="660B4684"/>
     <w:rsid w:val="6693335B"/>
     <w:rsid w:val="6733EA44"/>
     <w:rsid w:val="677E6D7A"/>
     <w:rsid w:val="67C9CBD1"/>
     <w:rsid w:val="684D95B8"/>
     <w:rsid w:val="686EA6DD"/>
     <w:rsid w:val="68F1A81F"/>
+    <w:rsid w:val="68F7A448"/>
+    <w:rsid w:val="691C4C4E"/>
+    <w:rsid w:val="69A01B57"/>
     <w:rsid w:val="6AB448B2"/>
     <w:rsid w:val="6AD6948E"/>
     <w:rsid w:val="6B26B3BC"/>
     <w:rsid w:val="6B700C8C"/>
+    <w:rsid w:val="6C82A175"/>
     <w:rsid w:val="6CDC8AF0"/>
     <w:rsid w:val="6E6F5567"/>
     <w:rsid w:val="6E95F97B"/>
+    <w:rsid w:val="6E978099"/>
     <w:rsid w:val="6F51252D"/>
+    <w:rsid w:val="6FB89982"/>
+    <w:rsid w:val="6FDD0BD9"/>
     <w:rsid w:val="705A76D4"/>
+    <w:rsid w:val="70C978F9"/>
     <w:rsid w:val="718B97A5"/>
     <w:rsid w:val="7203A77F"/>
     <w:rsid w:val="736C1B1D"/>
     <w:rsid w:val="737AD07A"/>
     <w:rsid w:val="739B9B9C"/>
     <w:rsid w:val="73A31DD7"/>
     <w:rsid w:val="73B7739C"/>
     <w:rsid w:val="743BCD8D"/>
     <w:rsid w:val="74AB688C"/>
+    <w:rsid w:val="74EFD30C"/>
     <w:rsid w:val="760DD0CD"/>
     <w:rsid w:val="763E36B4"/>
     <w:rsid w:val="76E3C653"/>
     <w:rsid w:val="770A6063"/>
+    <w:rsid w:val="7787A4E6"/>
     <w:rsid w:val="77906755"/>
     <w:rsid w:val="779A3881"/>
     <w:rsid w:val="77DA1331"/>
     <w:rsid w:val="781667E9"/>
     <w:rsid w:val="785C8FBF"/>
     <w:rsid w:val="78851129"/>
+    <w:rsid w:val="78AE345F"/>
     <w:rsid w:val="78B0A888"/>
     <w:rsid w:val="78D2D69D"/>
     <w:rsid w:val="78D93837"/>
     <w:rsid w:val="79886657"/>
     <w:rsid w:val="7A17CF8B"/>
     <w:rsid w:val="7A337F52"/>
     <w:rsid w:val="7A38B43B"/>
     <w:rsid w:val="7A7BAC94"/>
     <w:rsid w:val="7AB1378B"/>
     <w:rsid w:val="7CE14323"/>
+    <w:rsid w:val="7CFF9AC4"/>
     <w:rsid w:val="7D253513"/>
+    <w:rsid w:val="7D60D2C5"/>
     <w:rsid w:val="7E0E9A4B"/>
+    <w:rsid w:val="7E109F8C"/>
     <w:rsid w:val="7E18FEB9"/>
     <w:rsid w:val="7FA57ECE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6718,51 +5007,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -6919,199 +5208,209 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0031107A"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F2643F"/>
+    <w:rsid w:val="0031107A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160"/>
+      <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00C247A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="120" w:after="0"/>
+      <w:ind w:left="360"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:sz w:val="26"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C247A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:sz w:val="26"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F2643F"/>
+    <w:rsid w:val="0031107A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005B3CCA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00353F9F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1079" w:hanging="360"/>
@@ -7150,50 +5449,85 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="007F3270"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E67B48"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Content">
+    <w:name w:val="Content"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ContentChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="002510E1"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ContentChar">
+    <w:name w:val="Content Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Content"/>
+    <w:rsid w:val="002510E1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:b/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncarts.org/grants-resources/resources/logo-branding-materials" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncarts.org/grants-resources/resources/logo-branding-materials" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doa.nc.gov/divisions/american-indian-affairs/nc-tribes" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7472,52 +5806,52 @@
       <UserInfo>
         <DisplayName>Wilder, Leigh</DisplayName>
         <AccountId>37</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Gerweck, Sam</DisplayName>
         <AccountId>16</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="670c53c4b6a1e8bc5e1e480c9871699f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="56dbcdac58d279d5a5bacc59cba3c70d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="081a60fffdd29b530f4892815ce79bdd" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7715,106 +6049,115 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57AFD26B-6C5A-4AC4-B06D-8A94E00C3237}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A33D446E-B585-4A6F-821A-A6D07A4F08F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8978E7D7-F1C4-4F36-8F50-EA6ED25E190E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D23D6A34-FD06-48BA-A227-900ACC090BEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1038</Words>
-  <Characters>5920</Characters>
+  <Words>891</Words>
+  <Characters>5429</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>13</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>108</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6945</CharactersWithSpaces>
+  <CharactersWithSpaces>6295</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wienke, Janelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>