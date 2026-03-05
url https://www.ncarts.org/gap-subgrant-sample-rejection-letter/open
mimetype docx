--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -1,693 +1,909 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="39884CC2" w14:textId="5C738B49" w:rsidR="00DB487A" w:rsidRPr="00F730CF" w:rsidRDefault="50581969" w:rsidP="70CC7349">
+    <w:p w:rsidRPr="00F730CF" w:rsidR="00DB487A" w:rsidP="70CC7349" w:rsidRDefault="50581969" w14:paraId="39884CC2" w14:textId="5C738B49">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F730CF">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SUBGRANT REJECTION LETTER</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F730CF">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11ABFF02" w14:textId="5999A2FA" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="0929C796" w:rsidP="0929C796" w:rsidRDefault="0929C796" w14:paraId="1343FA75" w14:textId="2BE4CC73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0929C796" w:rsidP="0929C796" w:rsidRDefault="0929C796" w14:paraId="33075D4B" w14:textId="6D9951DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0929C796" w:rsidP="0929C796" w:rsidRDefault="0929C796" w14:paraId="5B4383C5" w14:textId="23B4974F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="11ABFF02" w14:textId="5999A2FA">
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3398A8C4" w14:textId="6F3DD89B" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="70CC7349">
+    <w:p w:rsidR="00DB487A" w:rsidP="70CC7349" w:rsidRDefault="50581969" w14:paraId="3398A8C4" w14:textId="6F3DD89B">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant Name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556DAFD8" w14:textId="7870A5BB" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="70CC7349">
+    <w:p w:rsidR="00DB487A" w:rsidP="70CC7349" w:rsidRDefault="50581969" w14:paraId="556DAFD8" w14:textId="7870A5BB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Address </w:t>
       </w:r>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381C8D10" w14:textId="51CC6C07" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="381C8D10" w14:textId="51CC6C07">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D698C2" w14:textId="2EDA5B84" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="65D698C2" w14:textId="2EDA5B84">
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
-      <w:r w:rsidR="71F7550F" w:rsidRPr="70CC7349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="70CC7349" w:rsidR="71F7550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Applicant Name</w:t>
       </w:r>
-      <w:r w:rsidR="3D2D5A7C" w:rsidRPr="70CC7349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="70CC7349" w:rsidR="3D2D5A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347792CD" w14:textId="3B7C45F6" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="347792CD" w14:textId="3B7C45F6">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD5B143" w14:textId="1DB767B8" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="08BE14FB">
+    <w:p w:rsidR="00DB487A" w:rsidP="08BE14FB" w:rsidRDefault="50581969" w14:paraId="4CD5B143" w14:textId="1DB767B8">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On behalf of the Board of Directors of </w:t>
       </w:r>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="59D90BEA" w:rsidRPr="70CC7349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="70CC7349" w:rsidR="59D90BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
       <w:r w:rsidRPr="70CC7349">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), thank you for the submission of your Grassroots Arts Program grant application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C3D9313" w14:textId="70E3F427" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="1C3D9313" w14:textId="70E3F427">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E56EE7" w14:textId="0C9F2FF1" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="70CC7349">
+    <w:p w:rsidR="00DB487A" w:rsidP="70CC7349" w:rsidRDefault="50581969" w14:paraId="32E56EE7" w14:textId="46CD8838">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="70CC7349">
-[...10 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After careful review by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="2632C850">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a panel of community members,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="22CC8075" w:rsidRPr="70CC7349">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="22CC8075">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Board of Directors, we regret to inform you that your request will not be funded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="1F80815C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this year.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="5D92C24E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) consider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="156FE152">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all requests as important to the cultural life of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="5E09E405">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community, and we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="57583CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>encourage you to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="36ED672D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> again</w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...20 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> next year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="368CE5B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="2580BA4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lease feel free to contact our staff for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="3957BE9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="3957BE9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We’re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="3957BE9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> happy to help answer any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>questions</w:t>
       </w:r>
-      <w:r w:rsidR="07B624D2" w:rsidRPr="70CC7349">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="07B624D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you might have</w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0893F506" w14:textId="1F9E49EA" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="0893F506" w14:textId="1F9E49EA">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9635B9" w14:textId="095F50B5" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="08BE14FB">
+    <w:p w:rsidR="00DB487A" w:rsidP="08BE14FB" w:rsidRDefault="50581969" w14:paraId="5C9635B9" w14:textId="726E07C4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="70CC7349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="01317975" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please keep the </w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="01317975" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="5545D32A" w:rsidRPr="70CC7349">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="01317975" w:rsidR="5545D32A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grassroots partner</w:t>
       </w:r>
-      <w:r w:rsidRPr="70CC7349">
-[...9 lines deleted...]
-    <w:p w14:paraId="1B791CC5" w14:textId="09557D8C" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+      <w:r w:rsidRPr="01317975" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) informed of your future projects and services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01317975" w:rsidR="3300A6AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01317975" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and thank you again for your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="1B791CC5" w14:textId="09557D8C">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA83104" w14:textId="7F1FB54A" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="0EA83104" w14:textId="7F1FB54A">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCDB97F" w14:textId="40B1AC6E" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="4FCDB97F" w14:textId="40B1AC6E">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEE6E3E" w14:textId="6847DCB0" w:rsidR="00DB487A" w:rsidRDefault="50581969">
+    <w:p w:rsidR="00DB487A" w:rsidRDefault="50581969" w14:paraId="3DEE6E3E" w14:textId="6847DCB0">
       <w:r w:rsidRPr="08BE14FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC362F5" w14:textId="3FEF122E" w:rsidR="00DB487A" w:rsidRDefault="50581969">
-[...19 lines deleted...]
-    <w:p w14:paraId="4DDDE6B5" w14:textId="257CF5DE" w:rsidR="00DB487A" w:rsidRDefault="50581969" w:rsidP="08BE14FB">
+    <w:p w:rsidR="00DB487A" w:rsidP="0929C796" w:rsidRDefault="50581969" w14:paraId="0D014B7D" w14:noSpellErr="1" w14:textId="7CEC1D71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB487A" w:rsidP="0929C796" w:rsidRDefault="00DB487A" w14:paraId="2C078E63" w14:textId="7DBA5813">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="08BE14FB">
-[...17 lines deleted...]
-    <w:p w14:paraId="2C078E63" w14:textId="5CD11C1B" w:rsidR="00DB487A" w:rsidRDefault="00DB487A" w:rsidP="08BE14FB"/>
+      <w:r w:rsidRPr="0929C796" w:rsidR="50581969">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executive Director</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0929C796" w:rsidR="69DC6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="00DB487A">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="21066012"/>
+    <w:rsid w:val="004971DE"/>
+    <w:rsid w:val="00906E19"/>
     <w:rsid w:val="00DB487A"/>
     <w:rsid w:val="00F730CF"/>
+    <w:rsid w:val="01317975"/>
     <w:rsid w:val="07B624D2"/>
     <w:rsid w:val="08BE14FB"/>
+    <w:rsid w:val="0929C796"/>
+    <w:rsid w:val="156FE152"/>
+    <w:rsid w:val="16668F49"/>
+    <w:rsid w:val="195934A5"/>
+    <w:rsid w:val="1F80815C"/>
     <w:rsid w:val="21066012"/>
     <w:rsid w:val="22CC8075"/>
+    <w:rsid w:val="2580BA4E"/>
+    <w:rsid w:val="2632C850"/>
+    <w:rsid w:val="3300A6AB"/>
+    <w:rsid w:val="368CE5B8"/>
     <w:rsid w:val="36ED672D"/>
     <w:rsid w:val="3957BE9B"/>
     <w:rsid w:val="3D2D5A7C"/>
     <w:rsid w:val="41171CF7"/>
     <w:rsid w:val="482716D6"/>
     <w:rsid w:val="4965F6DB"/>
     <w:rsid w:val="50581969"/>
     <w:rsid w:val="5545D32A"/>
+    <w:rsid w:val="57583CFF"/>
     <w:rsid w:val="59D90BEA"/>
     <w:rsid w:val="5D92C24E"/>
+    <w:rsid w:val="5E09E405"/>
     <w:rsid w:val="63FD9781"/>
+    <w:rsid w:val="69DC6BCF"/>
     <w:rsid w:val="70CC7349"/>
     <w:rsid w:val="71F7550F"/>
+    <w:rsid w:val="7A4D9494"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="21066012"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5558D7B4-A5AC-4AC2-8737-42A911835B46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -843,52 +1059,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -955,126 +1171,125 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1303,52 +1518,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="670c53c4b6a1e8bc5e1e480c9871699f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a2db6db4682a6646e036eb1c9a99dd0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7acd4a5ae5d1866211312c3073f0fac9" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1544,127 +1759,105 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD65E4F6-5C00-40FE-811C-1F42849BF0E5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE1D6E85-2FE0-4501-A02B-AF171A6C2CE1}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE61955-33B0-4C13-84DC-3B9724700AAD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18A3167D-F89E-4AA8-94ED-F51048019E9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wienke, Janelle</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Wienke, Janelle</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>