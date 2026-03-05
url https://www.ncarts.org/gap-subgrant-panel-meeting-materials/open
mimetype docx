--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -2,5326 +2,4837 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="58F371BB" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="004A286B" w:rsidRDefault="00A940D3" w:rsidP="00F25AF1">
+    <w:p w14:paraId="58F371BB" w14:textId="0C0068A0" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="003E1AD5" w:rsidP="005E4B7A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:t>Subgrant Review Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF7BBA5" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="00A940D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>For Subgrants Panel Members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEB0C05" w14:textId="325F710D" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you for agreeing to serve as a panel member. To help you understand the subgrant review process and your responsibilities as a grants panel member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="53486E3D" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>has assembled this package to help you serve effectively. The contents of this include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39339FD1" w14:textId="066668CD" w:rsidR="74D285D1" w:rsidRPr="005E4B7A" w:rsidRDefault="74D285D1" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Responsibilities of Subgrants Panel Members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B425FD9" w14:textId="3B88CCE0" w:rsidR="74D285D1" w:rsidRPr="005E4B7A" w:rsidRDefault="74D285D1" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Conflict of Interest Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB0C919" w14:textId="72F57E49" w:rsidR="74D285D1" w:rsidRPr="005E4B7A" w:rsidRDefault="74D285D1" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Copies of all grant applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563F4956" w14:textId="5B637ADD" w:rsidR="74D285D1" w:rsidRPr="005E4B7A" w:rsidRDefault="74D285D1" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Guidelines for Grassroots Arts Program Subgrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0198C60E" w14:textId="7AF53A82" w:rsidR="74D285D1" w:rsidRPr="005E4B7A" w:rsidRDefault="74D285D1" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Scoring Sheet to evaluate grant application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203BA0FA" w14:textId="5657B66C" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="005E4B7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="288" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Subgrant Process Overview</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The subgranting process consists of f</w:t>
+      </w:r>
+      <w:r w:rsidR="02C1D9F8" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> steps:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051ECE55" w14:textId="669E24A8" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="00036741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1350" w:hanging="900"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="2BC43C21" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidR="58F85391" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grant applications and </w:t>
+      </w:r>
+      <w:r w:rsidR="49D0738A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>prepar</w:t>
+      </w:r>
+      <w:r w:rsidR="7466521D" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comments prior to the panel meeting </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783558F3" w14:textId="311E4FAA" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="00036741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1350" w:hanging="900"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Step</w:t>
+      </w:r>
+      <w:r w:rsidR="05659938" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3A1E54BD" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panel discussion and evaluation of each application </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C7D23C" w14:textId="5F828A89" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="00036741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1350" w:hanging="900"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="36025950" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="401178BA" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Scor</w:t>
+      </w:r>
+      <w:r w:rsidR="1D310EB3" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A923471" w14:textId="7DFE3CCD" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="00036741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1350" w:hanging="900"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="67D424AE" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Recommend funding levels</w:t>
+      </w:r>
+      <w:r w:rsidR="426E4FAF" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, if required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523AEDD6" w14:textId="78E08BD8" w:rsidR="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="90" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Before the panel meeting, please familiarize yourself with the subgrant process as outlined in this document. Please review the Responsibilities of Subgrants Panel Members to completely understand your role as a subgrant panel member and sign the </w:t>
+      </w:r>
+      <w:r w:rsidR="34D2474E" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Conflict-of-Interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="415874FC" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will collect the </w:t>
+      </w:r>
+      <w:r w:rsidR="5768F956" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Conflict-of-Interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy at the panel meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5961D414" w14:textId="77777777" w:rsidR="003E1AD5" w:rsidRDefault="003E1AD5">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0BB84B" w14:textId="1DC1D367" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="005E4B7A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="56017275" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4B7A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review grant applications and </w:t>
+      </w:r>
+      <w:r w:rsidR="07995186" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prepare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comments </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0617A155" w14:textId="3FCDA0C2" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Before the panel meeting, each panel member should thoroughly read the grant applications and review the Guidelines for Grassroots Arts Program Subgrants, and the evaluation criteria listed below. Consider the guidelines and criteria as you make notes about your general reactions to the applications, the applications</w:t>
+      </w:r>
+      <w:r w:rsidR="1C899A19" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strengths, or specific questions or concerns. Your written comments will be useful during the panel discussion of the grants. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102C6F63" w14:textId="0075343C" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Step</w:t>
+      </w:r>
+      <w:r w:rsidR="55737FF6" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="09E76964" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F170D2">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panel discussion and evaluation of each application </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125D74F8" w14:textId="769AB0CD" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Each grant application will be discussed among panel members at the subgrant panel meeting. Each panel member will have the opportunity to share thoughts and written comments on the applications. The application’s strengths and weaknesses will be discussed relative to the following criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37168E3C" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Artistic quality of proposed project or programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CE45AF" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Community impact of project or programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4EA0D2" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ability to plan and implement project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76311BE5" w14:textId="5D050110" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A representative of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1391FE41" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>will record the comments of the subgrant panel, and those comments and concerns may be shared with the applicants following the grant decisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FA4149" w14:textId="1600A19E" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="005E4B7A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="6BDE9440" w:rsidRPr="005E4B7A">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4B7A" w:rsidRPr="005E4B7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5E6DFFE9" w:rsidRPr="005E4B7A">
+        <w:t>Scor</w:t>
+      </w:r>
+      <w:r w:rsidR="2AF788BE" w:rsidRPr="005E4B7A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:t xml:space="preserve"> the applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A39BBE3" w14:textId="7F639969" w:rsidR="00A940D3" w:rsidRPr="00F170D2" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="67783AEA" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>scoring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process utilizes a scale of 1–5</w:t>
+      </w:r>
+      <w:r w:rsidR="0053EA23" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="7D70D21D" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rank the applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. A</w:t>
+      </w:r>
+      <w:r w:rsidR="2B94542C" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n application must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> score</w:t>
+      </w:r>
+      <w:r w:rsidR="76EEC90E" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at least</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="305F01F3" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to be considered for funding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Your ranking should reflect how well the application addresses the review criteria, as well as the overall quality of the application. Remember that this is a competitive process, and applications should be scored accordingly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B85E459" w14:textId="05899F76" w:rsidR="00A940D3" w:rsidRPr="005E4B7A" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step </w:t>
+      </w:r>
+      <w:r w:rsidR="658764C4" w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F170D2" w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2D561863" w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>If requested, recommend funding levels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F170D2">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="13916837" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grassroots partner) </w:t>
+      </w:r>
+      <w:r w:rsidR="0E1D3FB3" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will instruct </w:t>
+      </w:r>
+      <w:r w:rsidR="55DE8901" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the panel on </w:t>
+      </w:r>
+      <w:r w:rsidR="0E1D3FB3" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whether or not they </w:t>
+      </w:r>
+      <w:r w:rsidR="07BD3470" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="2028E39C" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>involve</w:t>
+      </w:r>
+      <w:r w:rsidR="50628577" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="52EE4AE7" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in making funding decisions.</w:t>
+      </w:r>
+      <w:r w:rsidR="4D83CC2D" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frequently, panelists </w:t>
+      </w:r>
+      <w:r w:rsidR="6E392340" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>scor</w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e the applications</w:t>
+      </w:r>
+      <w:r w:rsidR="7571D95E" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="65D0BEA1" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grassroots partner) </w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff are responsible for </w:t>
+      </w:r>
+      <w:r w:rsidR="2349448E" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">determining </w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:r w:rsidR="6C49B895" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4DC143B4" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:r w:rsidR="6C49B895" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="43CB6A1A" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="46738A26" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the panel is involved in funding decisions, then after </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the ranking of each application t</w:t>
+      </w:r>
+      <w:r w:rsidR="3B976674" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he panel may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>assign funding to each of the applications. In general, applications with the highest rankings receive the highest funding</w:t>
+      </w:r>
+      <w:r w:rsidR="1FE312DA" w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F173DAE" w14:textId="557A10D9" w:rsidR="00A940D3" w:rsidRPr="007532A8" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4B7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECAE0B7" w14:textId="73C68210" w:rsidR="00A940D3" w:rsidRPr="007532A8" w:rsidRDefault="003E1AD5" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2CA4E3C5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Responsibilities Of Subgrant Panel Members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E3D883" w14:textId="0F80C52B" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="4C989A79" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uses advisory panels to review applications and award N.C. Arts Council Grassroots Arts</w:t>
+      </w:r>
+      <w:r w:rsidR="68345D1B" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds to organization</w:t>
+      </w:r>
+      <w:r w:rsidR="57802DB6" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in our county. Responsibilities o</w:t>
+      </w:r>
+      <w:r w:rsidR="65CECBF7" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel members include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295710B4" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:ind w:left="810"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Invest time and energy in the subgrant review process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DA46C5" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:ind w:left="810"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Read and review all applications before attending the panel meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B454524" w14:textId="2474FD20" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:ind w:left="810"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Maintain confidentiality of the process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A142544" w14:textId="66257F9B" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:ind w:left="810"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Make objective funding recommendations based on funding policies,</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>grant guidelines and evaluation criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE27E62" w14:textId="52EFBAC2" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:ind w:left="810"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Make decisions that are not self-serving and are in the best interest of the community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748C753F" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Through the panel review process each application receives a responsible and thoughtful evaluation. To ensure that the panels’ work is conducted in a fair and equitable manner, the following procedures and policies will be followed:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6275492E" w14:textId="1383F983" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Panelists will evaluate all applications with professional objectivity</w:t>
+      </w:r>
+      <w:r w:rsidR="336361C2" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BA2A41" w14:textId="62896B6E" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. During the panel meetings, panelists must declare any personal or professional affiliation with any of the applicants. A panelist shall </w:t>
+      </w:r>
+      <w:r w:rsidR="7C8AF56E" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>recuse themselves</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E02419F" w14:textId="3F1F51F8" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>When applications are presented from organizations that employ them or their immediate family members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F866C8" w14:textId="2DABD467" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="7A90F1D5" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>When applications are presented from organizations with which they or their immediate family are otherwise directly affiliated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CDCEAD" w14:textId="0F581784" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="00A940D3" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>When applications are presented that are likely to affect them financially</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB9E253" w14:textId="4C6D0ABD" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="49857637" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="294D4D6F" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prior knowledge of an applicant’s work is not considered a conflict of interest and</w:t>
+      </w:r>
+      <w:r w:rsidR="1E43B9DD" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can contribute</w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> positively to informed and responsible deliberations. However, while prior experience with an applicant’s work may be brought into the discussion, panelists should focus their evaluation on the </w:t>
+      </w:r>
+      <w:r w:rsidR="729F2F59" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submitted to the panel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60999C87" w14:textId="28FE2B8D" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="6247691A" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Notwithstanding any of the </w:t>
+      </w:r>
+      <w:r w:rsidR="17FEC4B3" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">three </w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preceding instructions, panelists are urged to </w:t>
+      </w:r>
+      <w:r w:rsidR="66D2F240" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recuse </w:t>
+      </w:r>
+      <w:r w:rsidR="7A90F1D5" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>themselves from discussing any application whenever they feel unable to do so in a fair and objective manner</w:t>
+      </w:r>
+      <w:r w:rsidR="7B5F3336" w:rsidRPr="003E1AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15ED008D" w14:textId="0464A3D9" w:rsidR="51BDBE7C" w:rsidRDefault="51BDBE7C" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CFCD09C" w14:textId="7290005E" w:rsidR="51BDBE7C" w:rsidRDefault="51BDBE7C" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ECD57F2" w14:textId="3EA1E117" w:rsidR="00A940D3" w:rsidRPr="003E1AD5" w:rsidRDefault="003E1AD5" w:rsidP="003E1AD5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1AD5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Conflict Of Interest Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="004A286B" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="260"/>
+          <w:tab w:val="left" w:pos="400"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3291"/>
+          <w:tab w:val="left" w:pos="4920"/>
+          <w:tab w:val="left" w:pos="5220"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Trebuchet MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53485870" w14:textId="42FDF633" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="43317AEA" w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s Conflict of Interest Policy requires all board and panel members to file an annual statement listing organizations with which they are </w:t>
+      </w:r>
+      <w:r w:rsidR="69874C72" w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>affiliated,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and which may apply for funding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C5B5F2" w14:textId="62299509" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please complete this form and return it to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="3D42953F" w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Grassroots partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the panel meeting. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66759330" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="450" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* * * * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8A63D8" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="450" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I have a financial and/or policy-making interest in the following organizations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C871CF" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C40959" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="144" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Members of my immediate family have a financial and/or policy-making interest in the following organizations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21729AE4" w14:textId="03CCC907" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1._________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5078C581" w14:textId="65C768F9" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2._________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE605E4" w14:textId="74029C7E" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3._________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEA1C3A" w14:textId="607D140D" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="180" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF7E8C8" w14:textId="4B306C43" w:rsidR="2CA4E3C5" w:rsidRPr="00036741" w:rsidRDefault="2CA4E3C5" w:rsidP="51BDBE7C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:spacing w:before="270" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6537F28F" w14:textId="21EBAFE1" w:rsidR="00A940D3" w:rsidRPr="00036741" w:rsidRDefault="00A940D3" w:rsidP="00036741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="740"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5520"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="270" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Signature _____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Printed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Name_________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="3EAFF861" w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="3EAFF861" w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036741">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDFCD5C" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="006E6742" w:rsidRDefault="00A940D3" w:rsidP="006E6742">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="51BDBE7C">
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...1 lines deleted...]
-        <w:t>SUBGRANT REVIEW PROCESS</w:t>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="006E6742" w:rsidRPr="006E6742">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SUBGRANT PANEL SCORING SHEET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF7BBA5" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="004A286B" w:rsidRDefault="00A940D3" w:rsidP="00A940D3">
+    <w:p w14:paraId="6DD624CD" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006E6742">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007211A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This scoring sheet is designed to rate each proposal based on the evaluation criteria. Please rank each applicant on a scale of 1–5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4EB945" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006E6742">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007211A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 – Outstanding    4 – Very Good     3 – Good     2 – Fair     1 – Poor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007211A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1EF41837">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9344" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2038"/>
+        <w:gridCol w:w="1937"/>
+        <w:gridCol w:w="1756"/>
+        <w:gridCol w:w="1970"/>
+        <w:gridCol w:w="1643"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="5F4A5800" w14:textId="77777777" w:rsidTr="006E6742">
+        <w:trPr>
+          <w:trHeight w:val="3045"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26265C04" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A4D807" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Organization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57003E76" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F691E5E" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Artistic quality of proposed project or programs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBECC66" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B42D23" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Community impact of project or programs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73346783" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C73F797" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ability to plan </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>and implement project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47EE1E04" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15026835" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Average</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18646A2F" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(Add the numbers in the previous 3 blocks and divide by 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="007E45F7" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="975"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="421EEA6A" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>EXAMPLE:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spring Festival </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3713CC5C" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D93B5D3" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76B30F4E" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5F1141" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3025D670" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A048C6" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E14B5B6" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8BE288" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="007211A0" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.33</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007211A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="3803B7F6" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="1020"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="074EBDF2" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72D99CA4" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="215B3FF8" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44B1DD0B" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7679C190" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="6DCE6AC2" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="1065"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01B51B95" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEFD3FC" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA42E82" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67991867" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="774A05D3" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="5E28F467" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="990"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22E27F1A" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6632CE34" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="461D7EDA" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7498427D" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="103BB8B0" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="14E43823" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="975"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="643503A9" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60DA47FA" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31083D01" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24191A85" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="721B1AE8" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E6742" w:rsidRPr="005B1A70" w14:paraId="1D01A067" w14:textId="77777777" w:rsidTr="006F3476">
+        <w:trPr>
+          <w:trHeight w:val="975"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="124A41F4" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45D0D9B3" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783C7A5F" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432F8041" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10580D44" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006F3476">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B1A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="627359D2" w14:textId="77777777" w:rsidR="006E6742" w:rsidRPr="005B1A70" w:rsidRDefault="006E6742" w:rsidP="006E6742">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E11D2A" w14:textId="7E49B549" w:rsidR="00A940D3" w:rsidRPr="004A286B" w:rsidRDefault="006E6742" w:rsidP="006E6742">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="260"/>
           <w:tab w:val="left" w:pos="400"/>
           <w:tab w:val="left" w:pos="740"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4920"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times"/>
-[...813 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Trebuchet MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4437483D">
-[...92 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="004A286B">
-        <w:rPr>
-[...1700 lines deleted...]
-        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Trebuchet MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00A940D3" w:rsidRPr="004A286B" w:rsidRDefault="00A940D3" w:rsidP="00A940D3">
-[...2482 lines deleted...]
-    <w:sectPr w:rsidR="001F5B4F">
+    <w:p w14:paraId="2DE403A5" w14:textId="77777777" w:rsidR="001F5B4F" w:rsidRDefault="001F5B4F" w:rsidP="51BDBE7C"/>
+    <w:sectPr w:rsidR="001F5B4F" w:rsidSect="003E1AD5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rotis Sans Serif">
     <w:panose1 w:val="02000503000000000004"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15740F35"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E24209A"/>
+    <w:lvl w:ilvl="0" w:tplc="2834BEE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="05A87E02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8960D2E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="16481F18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2C7AD302">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A8541DFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5DEC8C2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AFFCF9EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="747AFE14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36EC3F6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94D2CA78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5390,51 +4901,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FBC2F4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65B4365A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5503,183 +5014,311 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="402602150">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D4B1D8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13D29F3E"/>
+    <w:lvl w:ilvl="0" w:tplc="A6602CE2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="63648C08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AE3A66BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DA1C0E56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="50AAE476">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FF7E49D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3A204788">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A6BE407A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D1F4FFE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1445466044">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="721632176">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="402602150">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1073624657">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="109"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A940D3"/>
     <w:rsid w:val="00000E8A"/>
     <w:rsid w:val="00006CC7"/>
     <w:rsid w:val="00017825"/>
     <w:rsid w:val="000245F5"/>
+    <w:rsid w:val="00036741"/>
     <w:rsid w:val="00050BBD"/>
     <w:rsid w:val="00050BF3"/>
     <w:rsid w:val="000516F2"/>
     <w:rsid w:val="000540AF"/>
     <w:rsid w:val="00054A7D"/>
     <w:rsid w:val="00082AF4"/>
     <w:rsid w:val="0008450E"/>
     <w:rsid w:val="00097A22"/>
     <w:rsid w:val="000A0388"/>
     <w:rsid w:val="000A2DC9"/>
     <w:rsid w:val="000D043B"/>
+    <w:rsid w:val="000E9294"/>
+    <w:rsid w:val="000F022D"/>
     <w:rsid w:val="00105A16"/>
     <w:rsid w:val="0011681F"/>
     <w:rsid w:val="001236B5"/>
     <w:rsid w:val="001253C7"/>
     <w:rsid w:val="001256D1"/>
     <w:rsid w:val="00126BF7"/>
     <w:rsid w:val="0013509B"/>
     <w:rsid w:val="00136834"/>
     <w:rsid w:val="001370CA"/>
     <w:rsid w:val="0015112E"/>
     <w:rsid w:val="001703AB"/>
     <w:rsid w:val="00175591"/>
     <w:rsid w:val="00184633"/>
     <w:rsid w:val="00186CAF"/>
     <w:rsid w:val="0019268D"/>
     <w:rsid w:val="001A5CEF"/>
     <w:rsid w:val="001D490F"/>
+    <w:rsid w:val="001E8446"/>
     <w:rsid w:val="001F5B4F"/>
     <w:rsid w:val="00202061"/>
     <w:rsid w:val="002057DE"/>
     <w:rsid w:val="0021146C"/>
     <w:rsid w:val="002247AB"/>
     <w:rsid w:val="00241A8B"/>
     <w:rsid w:val="00242C38"/>
     <w:rsid w:val="00247871"/>
     <w:rsid w:val="00256CFF"/>
     <w:rsid w:val="00260E2F"/>
     <w:rsid w:val="00264E5F"/>
     <w:rsid w:val="00290592"/>
     <w:rsid w:val="0029760A"/>
     <w:rsid w:val="002A58FF"/>
     <w:rsid w:val="002C4D3E"/>
     <w:rsid w:val="002D1D37"/>
     <w:rsid w:val="002D3294"/>
     <w:rsid w:val="002D4008"/>
     <w:rsid w:val="002D73B3"/>
     <w:rsid w:val="003051C1"/>
+    <w:rsid w:val="0030A419"/>
     <w:rsid w:val="00330772"/>
     <w:rsid w:val="00330EB2"/>
     <w:rsid w:val="00331E49"/>
     <w:rsid w:val="00345863"/>
     <w:rsid w:val="00355E3B"/>
     <w:rsid w:val="00356911"/>
     <w:rsid w:val="003768BD"/>
     <w:rsid w:val="00382BDF"/>
     <w:rsid w:val="00386B35"/>
     <w:rsid w:val="003967B8"/>
     <w:rsid w:val="003A0AD0"/>
     <w:rsid w:val="003B7376"/>
     <w:rsid w:val="003C0E45"/>
     <w:rsid w:val="003D6927"/>
+    <w:rsid w:val="003E1AD5"/>
     <w:rsid w:val="003F0506"/>
     <w:rsid w:val="003F371B"/>
     <w:rsid w:val="003F40B3"/>
     <w:rsid w:val="00413862"/>
     <w:rsid w:val="00415056"/>
     <w:rsid w:val="00427CCE"/>
     <w:rsid w:val="00433AE0"/>
     <w:rsid w:val="004609DC"/>
     <w:rsid w:val="00472363"/>
     <w:rsid w:val="004852AE"/>
     <w:rsid w:val="00493EF2"/>
     <w:rsid w:val="004956A6"/>
     <w:rsid w:val="004B20E0"/>
     <w:rsid w:val="004B3ADB"/>
     <w:rsid w:val="004C4010"/>
     <w:rsid w:val="004E5C5A"/>
     <w:rsid w:val="004E787A"/>
     <w:rsid w:val="00500083"/>
     <w:rsid w:val="0050699D"/>
     <w:rsid w:val="00510C99"/>
     <w:rsid w:val="00513476"/>
+    <w:rsid w:val="0053EA23"/>
     <w:rsid w:val="00544E4B"/>
     <w:rsid w:val="005514E7"/>
     <w:rsid w:val="0055677C"/>
     <w:rsid w:val="00567840"/>
     <w:rsid w:val="00571623"/>
     <w:rsid w:val="0058149B"/>
     <w:rsid w:val="005B4B85"/>
+    <w:rsid w:val="005E4B7A"/>
     <w:rsid w:val="005F73CC"/>
     <w:rsid w:val="00600AC0"/>
     <w:rsid w:val="00610E9B"/>
     <w:rsid w:val="00620A8F"/>
     <w:rsid w:val="006219DC"/>
     <w:rsid w:val="00622D70"/>
     <w:rsid w:val="00624FDE"/>
     <w:rsid w:val="00680EA3"/>
     <w:rsid w:val="006A5B0A"/>
     <w:rsid w:val="006C0C54"/>
     <w:rsid w:val="006C2E10"/>
     <w:rsid w:val="006D6B93"/>
     <w:rsid w:val="006E1288"/>
     <w:rsid w:val="006E1F65"/>
+    <w:rsid w:val="006E6742"/>
     <w:rsid w:val="006F6214"/>
     <w:rsid w:val="00711536"/>
     <w:rsid w:val="00716255"/>
     <w:rsid w:val="007231F2"/>
     <w:rsid w:val="00727467"/>
     <w:rsid w:val="00727D7C"/>
     <w:rsid w:val="007339AB"/>
     <w:rsid w:val="00745448"/>
     <w:rsid w:val="00750F15"/>
     <w:rsid w:val="00752020"/>
     <w:rsid w:val="00753345"/>
     <w:rsid w:val="00770580"/>
     <w:rsid w:val="00780929"/>
     <w:rsid w:val="0078193B"/>
     <w:rsid w:val="007829A5"/>
     <w:rsid w:val="00790B93"/>
     <w:rsid w:val="00797117"/>
     <w:rsid w:val="007A00C8"/>
     <w:rsid w:val="007A2D99"/>
     <w:rsid w:val="007B608C"/>
     <w:rsid w:val="007D2327"/>
     <w:rsid w:val="007D2839"/>
     <w:rsid w:val="007E7F5E"/>
     <w:rsid w:val="0081295C"/>
     <w:rsid w:val="0081545D"/>
@@ -5689,50 +5328,51 @@
     <w:rsid w:val="00825F51"/>
     <w:rsid w:val="008308CE"/>
     <w:rsid w:val="008403BF"/>
     <w:rsid w:val="00856B31"/>
     <w:rsid w:val="00861369"/>
     <w:rsid w:val="008637C5"/>
     <w:rsid w:val="008842E8"/>
     <w:rsid w:val="008A723B"/>
     <w:rsid w:val="008C5D7F"/>
     <w:rsid w:val="008D6429"/>
     <w:rsid w:val="008E72C3"/>
     <w:rsid w:val="008F0F55"/>
     <w:rsid w:val="008F1957"/>
     <w:rsid w:val="0095002F"/>
     <w:rsid w:val="009521A4"/>
     <w:rsid w:val="009633E4"/>
     <w:rsid w:val="00986D20"/>
     <w:rsid w:val="009879FA"/>
     <w:rsid w:val="009919F8"/>
     <w:rsid w:val="00992330"/>
     <w:rsid w:val="00992E8E"/>
     <w:rsid w:val="00993F5F"/>
     <w:rsid w:val="00995C37"/>
     <w:rsid w:val="009B02DC"/>
     <w:rsid w:val="009B3238"/>
+    <w:rsid w:val="009B5BCB"/>
     <w:rsid w:val="009F36EF"/>
     <w:rsid w:val="00A0430C"/>
     <w:rsid w:val="00A10058"/>
     <w:rsid w:val="00A23A48"/>
     <w:rsid w:val="00A35AD1"/>
     <w:rsid w:val="00A47BC4"/>
     <w:rsid w:val="00A520CD"/>
     <w:rsid w:val="00A561EE"/>
     <w:rsid w:val="00A62075"/>
     <w:rsid w:val="00A74BAD"/>
     <w:rsid w:val="00A847ED"/>
     <w:rsid w:val="00A84E85"/>
     <w:rsid w:val="00A940D3"/>
     <w:rsid w:val="00A96DF0"/>
     <w:rsid w:val="00AA2DDA"/>
     <w:rsid w:val="00AB6FB7"/>
     <w:rsid w:val="00AE000A"/>
     <w:rsid w:val="00AE68ED"/>
     <w:rsid w:val="00B00352"/>
     <w:rsid w:val="00B0633D"/>
     <w:rsid w:val="00B3024D"/>
     <w:rsid w:val="00B351D5"/>
     <w:rsid w:val="00B35D97"/>
     <w:rsid w:val="00B3629B"/>
     <w:rsid w:val="00B36BCE"/>
@@ -5749,147 +5389,331 @@
     <w:rsid w:val="00C11D1E"/>
     <w:rsid w:val="00C16575"/>
     <w:rsid w:val="00C177AC"/>
     <w:rsid w:val="00C4317F"/>
     <w:rsid w:val="00C43BF0"/>
     <w:rsid w:val="00C46501"/>
     <w:rsid w:val="00C7074F"/>
     <w:rsid w:val="00C76D0C"/>
     <w:rsid w:val="00C77773"/>
     <w:rsid w:val="00C86FBA"/>
     <w:rsid w:val="00C9027F"/>
     <w:rsid w:val="00C920B9"/>
     <w:rsid w:val="00C95EE2"/>
     <w:rsid w:val="00C962B1"/>
     <w:rsid w:val="00C97144"/>
     <w:rsid w:val="00CC3065"/>
     <w:rsid w:val="00CC555B"/>
     <w:rsid w:val="00CD1AB4"/>
     <w:rsid w:val="00CD1CBF"/>
     <w:rsid w:val="00D000AB"/>
     <w:rsid w:val="00D011C0"/>
     <w:rsid w:val="00D2388E"/>
     <w:rsid w:val="00D37951"/>
     <w:rsid w:val="00D4564F"/>
     <w:rsid w:val="00D73C73"/>
+    <w:rsid w:val="00D76498"/>
     <w:rsid w:val="00D836E0"/>
     <w:rsid w:val="00DC346C"/>
     <w:rsid w:val="00DF0AE7"/>
     <w:rsid w:val="00DF4B1A"/>
     <w:rsid w:val="00E067C7"/>
     <w:rsid w:val="00E16EDB"/>
+    <w:rsid w:val="00E30797"/>
     <w:rsid w:val="00E33172"/>
     <w:rsid w:val="00E57123"/>
     <w:rsid w:val="00E61BBC"/>
     <w:rsid w:val="00E64172"/>
     <w:rsid w:val="00E85241"/>
     <w:rsid w:val="00E90625"/>
     <w:rsid w:val="00EA06C3"/>
     <w:rsid w:val="00EA2ACD"/>
     <w:rsid w:val="00EA355C"/>
     <w:rsid w:val="00EC4EF9"/>
     <w:rsid w:val="00EF57BF"/>
     <w:rsid w:val="00F05A82"/>
+    <w:rsid w:val="00F170D2"/>
     <w:rsid w:val="00F208E7"/>
     <w:rsid w:val="00F2279B"/>
     <w:rsid w:val="00F23B56"/>
     <w:rsid w:val="00F25AF1"/>
     <w:rsid w:val="00F26E51"/>
     <w:rsid w:val="00F479A1"/>
     <w:rsid w:val="00F50A53"/>
     <w:rsid w:val="00F61FAA"/>
     <w:rsid w:val="00F633AC"/>
     <w:rsid w:val="00F67031"/>
     <w:rsid w:val="00F6747D"/>
     <w:rsid w:val="00F703FB"/>
     <w:rsid w:val="00F71F43"/>
     <w:rsid w:val="00F737A7"/>
     <w:rsid w:val="00F7523F"/>
     <w:rsid w:val="00F81905"/>
     <w:rsid w:val="00F95B5B"/>
     <w:rsid w:val="00F97531"/>
     <w:rsid w:val="00FA21D3"/>
     <w:rsid w:val="00FA711E"/>
     <w:rsid w:val="00FB05F6"/>
     <w:rsid w:val="00FD3991"/>
     <w:rsid w:val="00FE2C83"/>
     <w:rsid w:val="00FF1AF9"/>
     <w:rsid w:val="00FF2870"/>
     <w:rsid w:val="0176397D"/>
+    <w:rsid w:val="01A7DE61"/>
+    <w:rsid w:val="0264EAF3"/>
+    <w:rsid w:val="02C1D9F8"/>
+    <w:rsid w:val="038D5A27"/>
     <w:rsid w:val="0450E9E3"/>
+    <w:rsid w:val="05659938"/>
     <w:rsid w:val="05DFBE70"/>
+    <w:rsid w:val="0722F27B"/>
+    <w:rsid w:val="07995186"/>
+    <w:rsid w:val="07BD3470"/>
+    <w:rsid w:val="08576491"/>
+    <w:rsid w:val="091FE089"/>
+    <w:rsid w:val="09C1AF00"/>
+    <w:rsid w:val="09E76964"/>
     <w:rsid w:val="0A1229AC"/>
+    <w:rsid w:val="0A3BDCC0"/>
+    <w:rsid w:val="0B31AFEE"/>
     <w:rsid w:val="0B535A08"/>
+    <w:rsid w:val="0B592749"/>
     <w:rsid w:val="0BADFA0D"/>
+    <w:rsid w:val="0BE35CF1"/>
+    <w:rsid w:val="0D7C98AD"/>
+    <w:rsid w:val="0D98651B"/>
+    <w:rsid w:val="0DA596AA"/>
+    <w:rsid w:val="0E1D3FB3"/>
+    <w:rsid w:val="0E763FE8"/>
+    <w:rsid w:val="0FAA538F"/>
+    <w:rsid w:val="1118AFD3"/>
+    <w:rsid w:val="13916837"/>
     <w:rsid w:val="1391FE41"/>
+    <w:rsid w:val="16EE18A1"/>
+    <w:rsid w:val="173064C8"/>
+    <w:rsid w:val="17CFCDF2"/>
+    <w:rsid w:val="17FEC4B3"/>
+    <w:rsid w:val="18CCD767"/>
+    <w:rsid w:val="1C899A19"/>
+    <w:rsid w:val="1CA9FFEF"/>
+    <w:rsid w:val="1D310EB3"/>
+    <w:rsid w:val="1D464403"/>
+    <w:rsid w:val="1D6D2534"/>
+    <w:rsid w:val="1E43B9DD"/>
     <w:rsid w:val="1E60278A"/>
+    <w:rsid w:val="1E63494C"/>
+    <w:rsid w:val="1E90BAC6"/>
+    <w:rsid w:val="1F7F3D5C"/>
+    <w:rsid w:val="1FE312DA"/>
+    <w:rsid w:val="2028E39C"/>
+    <w:rsid w:val="222025A6"/>
+    <w:rsid w:val="225466E9"/>
+    <w:rsid w:val="2349448E"/>
+    <w:rsid w:val="24118A16"/>
+    <w:rsid w:val="24BA001B"/>
+    <w:rsid w:val="25700691"/>
+    <w:rsid w:val="27B8C843"/>
+    <w:rsid w:val="27D86D63"/>
+    <w:rsid w:val="293E0B31"/>
+    <w:rsid w:val="294D4D6F"/>
+    <w:rsid w:val="2A39B2B1"/>
+    <w:rsid w:val="2AF788BE"/>
+    <w:rsid w:val="2B182C5B"/>
+    <w:rsid w:val="2B94542C"/>
+    <w:rsid w:val="2BC43C21"/>
+    <w:rsid w:val="2C844019"/>
+    <w:rsid w:val="2CA4E3C5"/>
+    <w:rsid w:val="2D561863"/>
+    <w:rsid w:val="2D695979"/>
+    <w:rsid w:val="2DBF54E5"/>
+    <w:rsid w:val="2E822A12"/>
+    <w:rsid w:val="305F01F3"/>
+    <w:rsid w:val="30BD8671"/>
+    <w:rsid w:val="31248B4C"/>
+    <w:rsid w:val="336361C2"/>
     <w:rsid w:val="34D2474E"/>
+    <w:rsid w:val="35BD274F"/>
+    <w:rsid w:val="3601EB28"/>
+    <w:rsid w:val="36025950"/>
+    <w:rsid w:val="39D0A6DC"/>
+    <w:rsid w:val="3A1E54BD"/>
+    <w:rsid w:val="3B976674"/>
+    <w:rsid w:val="3D00CFA2"/>
     <w:rsid w:val="3D42953F"/>
+    <w:rsid w:val="3E07D5BB"/>
+    <w:rsid w:val="3EAFF861"/>
+    <w:rsid w:val="3FBF8EC4"/>
+    <w:rsid w:val="401178BA"/>
     <w:rsid w:val="401A0E0E"/>
+    <w:rsid w:val="40EEE5D4"/>
+    <w:rsid w:val="412B97DF"/>
     <w:rsid w:val="415874FC"/>
+    <w:rsid w:val="41FCE33A"/>
+    <w:rsid w:val="426E4FAF"/>
+    <w:rsid w:val="431A049C"/>
     <w:rsid w:val="43317AEA"/>
+    <w:rsid w:val="434E8934"/>
+    <w:rsid w:val="437331E3"/>
+    <w:rsid w:val="43CB6A1A"/>
+    <w:rsid w:val="43F3B93E"/>
+    <w:rsid w:val="442B4A7E"/>
     <w:rsid w:val="4437483D"/>
+    <w:rsid w:val="44BACAA4"/>
+    <w:rsid w:val="44C10041"/>
+    <w:rsid w:val="4568277A"/>
+    <w:rsid w:val="45B928B2"/>
+    <w:rsid w:val="460BF94A"/>
+    <w:rsid w:val="46738A26"/>
+    <w:rsid w:val="46A80065"/>
+    <w:rsid w:val="46EA226A"/>
+    <w:rsid w:val="4781DD42"/>
+    <w:rsid w:val="47B6D8DA"/>
+    <w:rsid w:val="4882B36D"/>
+    <w:rsid w:val="4970D81B"/>
+    <w:rsid w:val="49857637"/>
+    <w:rsid w:val="49D0738A"/>
+    <w:rsid w:val="4C8EB84F"/>
     <w:rsid w:val="4C989A79"/>
+    <w:rsid w:val="4D83CC2D"/>
+    <w:rsid w:val="4DC143B4"/>
+    <w:rsid w:val="4F5DFC87"/>
+    <w:rsid w:val="50628577"/>
+    <w:rsid w:val="50A3FD50"/>
+    <w:rsid w:val="50AD4C9A"/>
+    <w:rsid w:val="50F3ABD5"/>
+    <w:rsid w:val="5147571B"/>
+    <w:rsid w:val="51BDBE7C"/>
+    <w:rsid w:val="52EE4AE7"/>
+    <w:rsid w:val="52F21E85"/>
+    <w:rsid w:val="531FF592"/>
     <w:rsid w:val="53486E3D"/>
+    <w:rsid w:val="53B97965"/>
+    <w:rsid w:val="5512AE0D"/>
+    <w:rsid w:val="552258B7"/>
+    <w:rsid w:val="554FEEBB"/>
+    <w:rsid w:val="55737FF6"/>
+    <w:rsid w:val="55A22E1B"/>
+    <w:rsid w:val="55A62ACD"/>
+    <w:rsid w:val="55DE8901"/>
+    <w:rsid w:val="56017275"/>
+    <w:rsid w:val="56A07101"/>
     <w:rsid w:val="5768F956"/>
+    <w:rsid w:val="57802DB6"/>
+    <w:rsid w:val="57BB177D"/>
+    <w:rsid w:val="58B1E8C4"/>
+    <w:rsid w:val="58F85391"/>
     <w:rsid w:val="593FE39F"/>
+    <w:rsid w:val="59E76FCF"/>
+    <w:rsid w:val="5BAD0C86"/>
+    <w:rsid w:val="5D4CC153"/>
     <w:rsid w:val="5D62009E"/>
+    <w:rsid w:val="5D69B9F5"/>
+    <w:rsid w:val="5DFB9A7E"/>
+    <w:rsid w:val="5E6DFFE9"/>
+    <w:rsid w:val="602074F8"/>
+    <w:rsid w:val="6247691A"/>
+    <w:rsid w:val="635EB59A"/>
+    <w:rsid w:val="63F7B3EE"/>
+    <w:rsid w:val="64E88F01"/>
+    <w:rsid w:val="658764C4"/>
+    <w:rsid w:val="65CECBF7"/>
+    <w:rsid w:val="65D0BEA1"/>
+    <w:rsid w:val="666F15D8"/>
+    <w:rsid w:val="66D2F240"/>
+    <w:rsid w:val="67783AEA"/>
+    <w:rsid w:val="67BB93BB"/>
+    <w:rsid w:val="67D424AE"/>
+    <w:rsid w:val="6809BB6D"/>
+    <w:rsid w:val="68345D1B"/>
+    <w:rsid w:val="6975D799"/>
     <w:rsid w:val="69874C72"/>
+    <w:rsid w:val="6A52C8FE"/>
+    <w:rsid w:val="6A549E01"/>
+    <w:rsid w:val="6AC2B62C"/>
+    <w:rsid w:val="6B8AA03E"/>
+    <w:rsid w:val="6BDE9440"/>
+    <w:rsid w:val="6C2A6A47"/>
+    <w:rsid w:val="6C49B895"/>
+    <w:rsid w:val="6D245398"/>
+    <w:rsid w:val="6D640D2E"/>
+    <w:rsid w:val="6E1EBE9D"/>
+    <w:rsid w:val="6E392340"/>
+    <w:rsid w:val="6E529CC5"/>
+    <w:rsid w:val="6EEEC2C4"/>
+    <w:rsid w:val="6EF896B1"/>
+    <w:rsid w:val="708CC53E"/>
+    <w:rsid w:val="729F2F59"/>
     <w:rsid w:val="7384D6D7"/>
+    <w:rsid w:val="7466521D"/>
+    <w:rsid w:val="74C5007F"/>
+    <w:rsid w:val="74D285D1"/>
+    <w:rsid w:val="755D47D6"/>
+    <w:rsid w:val="7571D95E"/>
+    <w:rsid w:val="75DF5AA7"/>
+    <w:rsid w:val="764DC645"/>
+    <w:rsid w:val="76C8BCCE"/>
+    <w:rsid w:val="76EEC90E"/>
+    <w:rsid w:val="7A90F1D5"/>
+    <w:rsid w:val="7B5F3336"/>
     <w:rsid w:val="7BB254DE"/>
+    <w:rsid w:val="7BDABC94"/>
+    <w:rsid w:val="7C8AF56E"/>
+    <w:rsid w:val="7D073735"/>
+    <w:rsid w:val="7D70D21D"/>
+    <w:rsid w:val="7FD4B354"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7DBB5F86"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40309D36-D6E9-4503-81EE-85482B0D08F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6252,93 +6076,240 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A940D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="260"/>
+        <w:tab w:val="left" w:pos="400"/>
+        <w:tab w:val="left" w:pos="740"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2520"/>
+        <w:tab w:val="left" w:pos="3291"/>
+        <w:tab w:val="left" w:pos="4920"/>
+        <w:tab w:val="left" w:pos="5220"/>
+      </w:tabs>
+      <w:spacing w:before="288" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="260"/>
+        <w:tab w:val="left" w:pos="400"/>
+        <w:tab w:val="left" w:pos="740"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2520"/>
+        <w:tab w:val="left" w:pos="3291"/>
+        <w:tab w:val="left" w:pos="4920"/>
+        <w:tab w:val="left" w:pos="5220"/>
+      </w:tabs>
+      <w:spacing w:before="90" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A940D3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="260"/>
+        <w:tab w:val="left" w:pos="400"/>
+        <w:tab w:val="left" w:pos="740"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2520"/>
+        <w:tab w:val="left" w:pos="3291"/>
+        <w:tab w:val="left" w:pos="4920"/>
+        <w:tab w:val="left" w:pos="5220"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005E4B7A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Tw Cen MT"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6578,52 +6549,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="670c53c4b6a1e8bc5e1e480c9871699f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a2db6db4682a6646e036eb1c9a99dd0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7acd4a5ae5d1866211312c3073f0fac9" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6819,122 +6790,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{170FB097-E478-46BD-92F2-DF0FC1B8143E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E0F8BAF-AD80-47FB-9CDB-A86B62D01846}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DAC3D76-E213-443F-8D56-F40E36AF338E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8C085DA-03FD-4246-9BDC-7692F3E96550}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1346</Words>
-  <Characters>7673</Characters>
+  <Words>928</Words>
+  <Characters>5978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9001</CharactersWithSpaces>
+  <CharactersWithSpaces>6938</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emily Catherine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>