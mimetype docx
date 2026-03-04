--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -1,158 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D21FBF9" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="674DD000" w14:textId="77777777" w:rsidR="00031843" w:rsidRDefault="00031843" w:rsidP="00031843">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="674DD000" w14:textId="77777777" w:rsidR="00031843" w:rsidRPr="000C473B" w:rsidRDefault="00031843" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C473B">
         <w:t xml:space="preserve">Fiscal Year: </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="I._Organization_Information"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000C473B">
         <w:t>____ - ____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DD13D0" w14:textId="77777777" w:rsidR="00031843" w:rsidRDefault="00031843" w:rsidP="006F0CB6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BCC89DA" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
-[...27 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1BCC89DA" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="000C473B" w:rsidRDefault="006F0CB6" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C473B">
         <w:t xml:space="preserve">Organization Information </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D1368E" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="007A7D9F" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4526AE91" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
+    <w:p w14:paraId="4526AE91" w14:textId="26969F7D" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F0CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>Name of Organization _________________________________________________________________</w:t>
+        <w:t>Name of Organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Artist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7803C75D" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F0CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Contact Person’s Name________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4404410F" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -327,136 +302,108 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>UEI</w:t>
       </w:r>
       <w:r w:rsidRPr="006F0CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA64E41" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="007A7D9F">
       <w:pPr>
         <w:pStyle w:val="CM1"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ECE1BA3" w14:textId="3F2BC160" w:rsidR="007A7D9F" w:rsidRDefault="007A7D9F" w:rsidP="007A7D9F">
+    <w:p w14:paraId="5ECE1BA3" w14:textId="07FDC5CC" w:rsidR="007A7D9F" w:rsidRDefault="007A7D9F" w:rsidP="007A7D9F">
       <w:pPr>
         <w:pStyle w:val="CM1"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F0CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Please give a brief description of your organization, including mission, board and staff composition, current arts programs and services and number and kinds of people served. Public schools and other large governmental or community agencies should provide a description of their arts program only rather than the entire organization. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164CEA42" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F9D74E6" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="267B76A5" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71A2A37B" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EFCE7B9" w14:textId="77777777" w:rsidR="00A33FF1" w:rsidRDefault="00A33FF1" w:rsidP="00AB3E5E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="075282FF" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00AB3E5E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03781B80" w14:textId="77777777" w:rsidR="007A7D9F" w:rsidRPr="007A7D9F" w:rsidRDefault="007A7D9F" w:rsidP="00AB3E5E">
-[...21 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3AD3BF38" w14:textId="30B40C26" w:rsidR="00AB3E5E" w:rsidRPr="000C473B" w:rsidRDefault="00AB3E5E" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C473B">
         <w:t xml:space="preserve">Organizational Finances: </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1BD0B5F1" w14:textId="40E7E615" w:rsidR="006F0CB6" w:rsidRPr="00DE7515" w:rsidRDefault="00C8032D" w:rsidP="00DE7515">
       <w:pPr>
         <w:pStyle w:val="CM2"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C8032D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Please attach a projected operating budget for the year in which the grant funds will be used. Also, include completed operating budgets for the previous two years. Public schools and other large governmental or community agencies are exempt from this requirement. Please copy the totals from these attachments in the spaces below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -765,82 +712,56 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0CB6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Projected Expenses $ ___________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B101188" w14:textId="77777777" w:rsidR="006F0CB6" w:rsidRPr="006F0CB6" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EA8720B" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00031843">
-[...22 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2107D295" w14:textId="6E11098E" w:rsidR="00AB3E5E" w:rsidRPr="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB3E5E">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Project Description</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="442667A2" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00AB3E5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="106292F6" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00C8032D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3E5E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:b/>
@@ -931,89 +852,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5409A1BA" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00AB3E5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="108E2C13" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00AB3E5E">
+    <w:p w14:paraId="108E2C13" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A33FF1">
+        <w:t>Project Narrative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393D7DAA" w14:textId="77777777" w:rsidR="00AB3E5E" w:rsidRPr="00AB3E5E" w:rsidRDefault="00AB3E5E" w:rsidP="00AB3E5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33FF1">
-[...27 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="034A86AD" w14:textId="77777777" w:rsidR="00B03093" w:rsidRDefault="00B03093" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03093">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide the narrative information requested below for the project you propose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700B8871" w14:textId="14FE853F" w:rsidR="004A397E" w:rsidRDefault="00B03093" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1082,165 +993,181 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2. Project goals</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574FC6FE" w14:textId="15FC7545" w:rsidR="004A397E" w:rsidRPr="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A91F556" w14:textId="65A38FA9" w:rsidR="004A397E" w:rsidRPr="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+    <w:p w14:paraId="61A98EA1" w14:textId="5CD63029" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="0F25340B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A397E">
+      <w:r w:rsidRPr="0F25340B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3. Description of intended participants/audience, including estimated numbers and racial and</w:t>
+        <w:t>3. Description of intended participants</w:t>
+      </w:r>
+      <w:r w:rsidR="214959D2" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="19150DE0" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estimated</w:t>
+      </w:r>
+      <w:r w:rsidR="214959D2" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>audience</w:t>
+      </w:r>
+      <w:r w:rsidR="3211AB3F" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="3B9340E3" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1622DB" w14:textId="5F0ACB12" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+    <w:p w14:paraId="477ECC7D" w14:textId="2D7BB402" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="0F25340B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A397E">
+    </w:p>
+    <w:p w14:paraId="20D45624" w14:textId="4006F83D" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="0F25340B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">    cultural composition</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="0F25340B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">4. Location where </w:t>
+      </w:r>
+      <w:r w:rsidR="00925AE0" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>project will take place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE627DA" w14:textId="69D1A7ED" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+    <w:p w14:paraId="79DFC5AF" w14:textId="761D01AA" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="0F25340B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A397E">
+    </w:p>
+    <w:p w14:paraId="66E09759" w14:textId="67F21D98" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Location where </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925AE0">
+      </w:pPr>
+      <w:r w:rsidRPr="0F25340B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...49 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>5. Description of project activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D55721" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F94ADE" w14:textId="6FA9847D" w:rsidR="004A397E" w:rsidRPr="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A397E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1350,238 +1277,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7. Description of how the project will be publicized and promoted to reach intended participants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E9262B2" w14:textId="77777777" w:rsidR="004A397E" w:rsidRPr="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AD292EB" w14:textId="00B32D84" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+    <w:p w14:paraId="0CEFEA03" w14:textId="277E8E56" w:rsidR="006F0CB6" w:rsidRPr="00AB3E5E" w:rsidRDefault="004A397E" w:rsidP="0F25340B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...106 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="006F0CB6" w:rsidRPr="00AB3E5E" w:rsidSect="00C8032D">
-          <w:headerReference w:type="default" r:id="rId7"/>
-          <w:headerReference w:type="first" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="576" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
+      <w:r w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8. Description of how you will evaluate the project.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7393AF2E" w14:textId="52E7283A" w:rsidR="006F0CB6" w:rsidRPr="004A286B" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
-[...5 lines deleted...]
-        <w:adjustRightInd/>
+    <w:p w14:paraId="15C8AF71" w14:textId="4E81A9C2" w:rsidR="00A33FF1" w:rsidRDefault="00A33FF1" w:rsidP="0F25340B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15C8AF71" w14:textId="77777777" w:rsidR="00A33FF1" w:rsidRDefault="00187C06" w:rsidP="00187C06">
-[...24 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="0997806B" w14:textId="5B3749A7" w:rsidR="00C8032D" w:rsidRPr="000C473B" w:rsidRDefault="00C8032D" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="90"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C473B">
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
-      <w:r w:rsidR="004A397E">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004A397E" w:rsidRPr="000C473B">
         <w:t>Budget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32810D84" w14:textId="14262E43" w:rsidR="00187C06" w:rsidRPr="008D173F" w:rsidRDefault="00187C06" w:rsidP="00187C06">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF03DA6" w14:textId="77777777" w:rsidR="00187C06" w:rsidRPr="00187C06" w:rsidRDefault="00187C06" w:rsidP="00187C06">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4350,412 +4131,363 @@
             <w:tcW w:w="1755" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D696DDB" w14:textId="77777777" w:rsidR="008D173F" w:rsidRPr="00187C06" w:rsidRDefault="008D173F" w:rsidP="008D173F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4299CB9F" w14:textId="77777777" w:rsidR="00187C06" w:rsidRPr="00187C06" w:rsidRDefault="00187C06" w:rsidP="00187C06">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00187C06" w:rsidRPr="00187C06" w:rsidSect="00DE325C">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21257C56" w14:textId="612AE4BF" w:rsidR="006F0CB6" w:rsidRPr="004A286B" w:rsidRDefault="006F0CB6" w:rsidP="006F0CB6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A286B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A91B02" w14:textId="5C7E14BC" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="00E96907">
+    <w:p w14:paraId="72A91B02" w14:textId="5C7E14BC" w:rsidR="004A397E" w:rsidRPr="000C473B" w:rsidRDefault="004A397E" w:rsidP="000C473B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C473B">
+        <w:t>Certification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2D9B63" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="00E96907">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
-          <w:b/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D2D9B63" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="00E96907">
+    <w:p w14:paraId="380D3657" w14:textId="6E70A64F" w:rsidR="00E96907" w:rsidRPr="008D173F" w:rsidRDefault="008D173F" w:rsidP="00E96907">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008D173F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>We understand that failure to respond to any of the above items may adversely affect the consideration of this application. We certify that we are committed to the completion of the proposed project in compliance with legal requirements and granting procedures. We certify that the information contained in this application, including attachments and supporting materials, is true and correct to the best of our</w:t>
+      </w:r>
+      <w:r w:rsidR="0026201F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D173F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="380D3657" w14:textId="6E70A64F" w:rsidR="00E96907" w:rsidRPr="008D173F" w:rsidRDefault="008D173F" w:rsidP="00E96907">
+    <w:p w14:paraId="54A3700E" w14:textId="77777777" w:rsidR="00E96907" w:rsidRDefault="00E96907" w:rsidP="008D173F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D173F">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="54A3700E" w14:textId="77777777" w:rsidR="00E96907" w:rsidRDefault="00E96907" w:rsidP="008D173F">
+    <w:p w14:paraId="1D0EB6B5" w14:textId="54D4FE6F" w:rsidR="0026201F" w:rsidRPr="008D173F" w:rsidRDefault="0026201F" w:rsidP="0026201F">
+      <w:pPr>
+        <w:pStyle w:val="CM2"/>
+        <w:framePr w:w="9928" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1381" w:y="6826"/>
+        <w:spacing w:line="218" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature of Authorizing Official ________________________________________Date__</w:t>
+      </w:r>
+      <w:r w:rsidR="004A397E" w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F25340B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58840DA0" w14:textId="77777777" w:rsidR="00E96907" w:rsidRDefault="00E96907" w:rsidP="008D173F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Rotis Sans Serif"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D0EB6B5" w14:textId="1B592261" w:rsidR="0026201F" w:rsidRPr="008D173F" w:rsidRDefault="0026201F" w:rsidP="0026201F">
-[...3 lines deleted...]
-        <w:spacing w:line="218" w:lineRule="atLeast"/>
+    <w:p w14:paraId="5D0BA517" w14:textId="148A8449" w:rsidR="0026201F" w:rsidRPr="008D173F" w:rsidRDefault="0026201F" w:rsidP="0026201F">
+      <w:pPr>
+        <w:pStyle w:val="CM1"/>
+        <w:framePr w:w="9921" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1381" w:y="7426"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="19"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008D173F">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0F25340B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="004A397E">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature of Contact Person __________________________________________ Date______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A38831B" w14:textId="37635E38" w:rsidR="0F25340B" w:rsidRDefault="0F25340B" w:rsidP="0F25340B">
+      <w:pPr>
+        <w:pStyle w:val="CM2"/>
+        <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
-          <w:color w:val="000000"/>
-[...46 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="434DA001" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:pStyle w:val="CM2"/>
         <w:framePr w:w="9950" w:h="1006" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1382" w:y="5611"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D173F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Name and Position of Authorizing Official </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14001F62" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
       <w:pPr>
         <w:pStyle w:val="CM2"/>
         <w:framePr w:w="9950" w:h="1006" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1382" w:y="5611"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63C09DFC" w14:textId="36CE171A" w:rsidR="004A397E" w:rsidRPr="008D173F" w:rsidRDefault="004A397E" w:rsidP="004A397E">
+    <w:p w14:paraId="009A77E9" w14:textId="209D90A2" w:rsidR="001F5B4F" w:rsidRDefault="001F5B4F" w:rsidP="0F25340B">
       <w:pPr>
         <w:pStyle w:val="CM2"/>
-        <w:framePr w:w="9950" w:h="1006" w:hRule="exact" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1382" w:y="5611"/>
         <w:spacing w:line="218" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
-          <w:color w:val="000000"/>
-[...48 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="009A77E9" w14:textId="77777777" w:rsidR="001F5B4F" w:rsidRDefault="001F5B4F" w:rsidP="006F0CB6"/>
     <w:sectPr w:rsidR="001F5B4F">
+      <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D141FE0" w14:textId="77777777" w:rsidR="006805C0" w:rsidRDefault="006805C0">
+    <w:p w14:paraId="5B31B9A1" w14:textId="77777777" w:rsidR="00DF7084" w:rsidRDefault="00DF7084">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EDC8D27" w14:textId="77777777" w:rsidR="006805C0" w:rsidRDefault="006805C0">
+    <w:p w14:paraId="4BCD74FB" w14:textId="77777777" w:rsidR="00DF7084" w:rsidRDefault="00DF7084">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rotis Sans Serif">
     <w:panose1 w:val="02000503000000000004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41CF5E05" w14:textId="77777777" w:rsidR="006A44AA" w:rsidRDefault="006A44AA" w:rsidP="007167B7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="6480"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -4773,215 +4505,159 @@
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5220"/>
         <w:tab w:val="left" w:pos="6480"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0020169B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="362D9941" w14:textId="77777777" w:rsidR="006805C0" w:rsidRDefault="006805C0">
+    <w:p w14:paraId="42F6C801" w14:textId="77777777" w:rsidR="00DF7084" w:rsidRDefault="00DF7084">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="244914CD" w14:textId="77777777" w:rsidR="006805C0" w:rsidRDefault="006805C0">
+    <w:p w14:paraId="57D73FFA" w14:textId="77777777" w:rsidR="00DF7084" w:rsidRDefault="00DF7084">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0C247CA9" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
-[...14 lines deleted...]
-  <w:p w14:paraId="0F36C34C" w14:textId="0FB13FFC" w:rsidR="00C8032D" w:rsidRPr="00031843" w:rsidRDefault="00C8032D" w:rsidP="00031843">
+  <w:p w14:paraId="0C247CA9" w14:textId="2E920254" w:rsidR="00C8032D" w:rsidRDefault="00B55654" w:rsidP="00C8032D">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="408" w:lineRule="atLeast"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="384FAC35" wp14:editId="638E3F60">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39853D67" wp14:editId="5EBC3516">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>4876800</wp:posOffset>
+            <wp:posOffset>4001118</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-133350</wp:posOffset>
+            <wp:posOffset>92075</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1094740" cy="685800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1949828" cy="761100"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
-          <wp:docPr id="1454522389" name="Picture 1454522389" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
+          <wp:docPr id="974439754" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="974439754" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect b="9434"/>
-                  <a:stretch/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1094740" cy="685800"/>
+                    <a:ext cx="1949828" cy="761100"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...7 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="006F0CB6">
-[...5 lines deleted...]
-      </w:rPr>
+  </w:p>
+  <w:p w14:paraId="0F36C34C" w14:textId="1E556AC8" w:rsidR="00C8032D" w:rsidRPr="000C473B" w:rsidRDefault="00C8032D" w:rsidP="000C473B">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+    </w:pPr>
+    <w:r w:rsidRPr="000C473B">
       <w:t xml:space="preserve">Grassroots Arts Program </w:t>
     </w:r>
-    <w:r w:rsidR="00031843">
-[...5 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00031843" w:rsidRPr="000C473B">
       <w:br/>
     </w:r>
-    <w:r w:rsidRPr="006F0CB6">
-[...24 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidRPr="000C473B">
+      <w:t xml:space="preserve">Subgrant Application  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="42EEE731" w14:textId="77777777" w:rsidR="00C8032D" w:rsidRPr="006F0CB6" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="23485390" w14:textId="6ECF1B69" w:rsidR="00C8032D" w:rsidRPr="00C8032D" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
     <w:pPr>
       <w:keepNext/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
@@ -5001,133 +4677,123 @@
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Submit this report to your funding agency. </w:t>
     </w:r>
     <w:r w:rsidRPr="006F0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>It should not be submitted to the North Carolina Arts Council.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="055190BE" w14:textId="4ED96A6F" w:rsidR="00C8032D" w:rsidRDefault="004A397E" w:rsidP="00C8032D">
+  <w:p w14:paraId="055190BE" w14:textId="069C8834" w:rsidR="00C8032D" w:rsidRDefault="00680140" w:rsidP="00C8032D">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="408" w:lineRule="atLeast"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66844479" wp14:editId="2D589BD2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E21E0C9" wp14:editId="396E8432">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>5305425</wp:posOffset>
+            <wp:posOffset>4456430</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>182880</wp:posOffset>
+            <wp:posOffset>95902</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1097280" cy="687391"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1949828" cy="761100"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Picture 3" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
+          <wp:docPr id="2041762537" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="974439754" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect b="9434"/>
-                  <a:stretch/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1097280" cy="687391"/>
+                    <a:ext cx="1949828" cy="761100"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...7 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4ECAE5E7" w14:textId="16265014" w:rsidR="00C8032D" w:rsidRPr="006F0CB6" w:rsidRDefault="00C8032D" w:rsidP="00C8032D">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="630"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="408" w:lineRule="atLeast"/>
       <w:ind w:left="630" w:right="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006F0CB6">
@@ -5233,153 +4899,155 @@
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>It should not be submitted to the North Carolina Arts Council.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5898531F" w14:textId="77777777" w:rsidR="006A44AA" w:rsidRDefault="006A44AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="648B4F0D" w14:textId="77777777" w:rsidR="004A397E" w:rsidRDefault="004A397E" w:rsidP="004A397E">
-[...14 lines deleted...]
-  <w:p w14:paraId="3EA18615" w14:textId="707D68B1" w:rsidR="004A397E" w:rsidRPr="00031843" w:rsidRDefault="004A397E" w:rsidP="00031843">
+  <w:p w14:paraId="648B4F0D" w14:textId="33286F46" w:rsidR="004A397E" w:rsidRDefault="003266CC" w:rsidP="004A397E">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="408" w:lineRule="atLeast"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="574EF8BD" wp14:editId="0BA949D3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="574EF8BD" wp14:editId="652BD1F1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4876800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-133350</wp:posOffset>
+            <wp:posOffset>129540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1094740" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1083601272" name="Picture 1083601272" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
+          <wp:docPr id="1083601272" name="Picture 1083601272" descr="North Carolina Arts Council logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ecmealor\Desktop\NCAC50_Logo_Small_0.jpg"/>
+                  <pic:cNvPr id="1083601272" name="Picture 1083601272" descr="North Carolina Arts Council logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect b="9434"/>
-                  <a:stretch/>
+                  <a:srcRect t="1023" b="1023"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1094740" cy="685800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="3EA18615" w14:textId="31CD7C5B" w:rsidR="004A397E" w:rsidRPr="00031843" w:rsidRDefault="004A397E" w:rsidP="00031843">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="408" w:lineRule="atLeast"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
     <w:r w:rsidRPr="006F0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Grassroots Arts Program </w:t>
     </w:r>
     <w:r w:rsidR="00031843">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="006F0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
@@ -5441,59 +5109,260 @@
     <w:r w:rsidRPr="006F0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Submit this report to your funding agency. </w:t>
     </w:r>
     <w:r w:rsidRPr="006F0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>It should not be submitted to the North Carolina Arts Council.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F6DCEA5" w14:textId="2A089A60" w:rsidR="00680140" w:rsidRDefault="00680140" w:rsidP="004A397E">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="408" w:lineRule="atLeast"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27171251" wp14:editId="3FCBB824">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>3994150</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>114918</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1949828" cy="761100"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:wrapNone/>
+          <wp:docPr id="363433634" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="974439754" name="Picture 1" descr="N.C. Arts Council and DNCR logos"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1949828" cy="761100"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="029D522F" w14:textId="77777777" w:rsidR="00680140" w:rsidRPr="00031843" w:rsidRDefault="00680140" w:rsidP="00031843">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="408" w:lineRule="atLeast"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="006F0CB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Grassroots Arts Program </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="006F0CB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Subgrant </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Application </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006F0CB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="68667810" w14:textId="77777777" w:rsidR="00680140" w:rsidRPr="006F0CB6" w:rsidRDefault="00680140" w:rsidP="004A397E">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3E18F759" w14:textId="77777777" w:rsidR="00680140" w:rsidRPr="004A397E" w:rsidRDefault="00680140" w:rsidP="004A397E">
+    <w:pPr>
+      <w:keepNext/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="006F0CB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+        <w:i/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Submit this report to your funding agency. </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006F0CB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>It should not be submitted to the North Carolina Arts Council.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A2D0BCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C728E50E"/>
-    <w:lvl w:ilvl="0" w:tplc="37C26186">
+    <w:tmpl w:val="C6D8EC2A"/>
+    <w:lvl w:ilvl="0" w:tplc="8F32DE6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
@@ -6368,257 +6237,289 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="272565577">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="261302299">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1389106015">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1908295580">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1940065989">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="565606634">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF23E9"/>
     <w:rsid w:val="00006CC7"/>
     <w:rsid w:val="000073DA"/>
     <w:rsid w:val="00017825"/>
     <w:rsid w:val="000245F5"/>
     <w:rsid w:val="00031843"/>
     <w:rsid w:val="00045A06"/>
     <w:rsid w:val="00050BF3"/>
     <w:rsid w:val="000516D4"/>
     <w:rsid w:val="000516F2"/>
     <w:rsid w:val="00054A7D"/>
     <w:rsid w:val="00076979"/>
     <w:rsid w:val="0008450E"/>
     <w:rsid w:val="000879BF"/>
     <w:rsid w:val="00097A22"/>
     <w:rsid w:val="000A0388"/>
     <w:rsid w:val="000A2DC9"/>
     <w:rsid w:val="000A7637"/>
     <w:rsid w:val="000C28BB"/>
+    <w:rsid w:val="000C473B"/>
     <w:rsid w:val="000D043B"/>
+    <w:rsid w:val="000F022D"/>
     <w:rsid w:val="001236B5"/>
     <w:rsid w:val="001253C7"/>
     <w:rsid w:val="00126BF7"/>
     <w:rsid w:val="00136834"/>
     <w:rsid w:val="0015112E"/>
     <w:rsid w:val="00166766"/>
     <w:rsid w:val="00184633"/>
     <w:rsid w:val="00186CAF"/>
     <w:rsid w:val="00187C06"/>
     <w:rsid w:val="0019268D"/>
+    <w:rsid w:val="001B68AF"/>
     <w:rsid w:val="001D490F"/>
     <w:rsid w:val="001E20ED"/>
+    <w:rsid w:val="001F027D"/>
     <w:rsid w:val="001F5B4F"/>
+    <w:rsid w:val="001F738C"/>
     <w:rsid w:val="0020169B"/>
     <w:rsid w:val="00202061"/>
     <w:rsid w:val="0021146C"/>
     <w:rsid w:val="00241A8B"/>
     <w:rsid w:val="0026201F"/>
     <w:rsid w:val="00263B65"/>
     <w:rsid w:val="00280783"/>
     <w:rsid w:val="00290592"/>
     <w:rsid w:val="002C4D3E"/>
     <w:rsid w:val="002D1D37"/>
     <w:rsid w:val="002D4008"/>
     <w:rsid w:val="002D6796"/>
     <w:rsid w:val="003051C1"/>
+    <w:rsid w:val="003266CC"/>
     <w:rsid w:val="00330772"/>
     <w:rsid w:val="00331E49"/>
     <w:rsid w:val="00336B91"/>
     <w:rsid w:val="00341CC3"/>
     <w:rsid w:val="00345863"/>
     <w:rsid w:val="00355E3B"/>
     <w:rsid w:val="00356911"/>
     <w:rsid w:val="00365D6D"/>
     <w:rsid w:val="003B7376"/>
     <w:rsid w:val="003C0E45"/>
     <w:rsid w:val="003F371B"/>
     <w:rsid w:val="00415056"/>
     <w:rsid w:val="00427CCE"/>
     <w:rsid w:val="00433AE0"/>
     <w:rsid w:val="0046128B"/>
     <w:rsid w:val="004A397E"/>
     <w:rsid w:val="004B20E0"/>
     <w:rsid w:val="004B3ADB"/>
     <w:rsid w:val="004E787A"/>
     <w:rsid w:val="00510C99"/>
     <w:rsid w:val="00513476"/>
     <w:rsid w:val="0055677C"/>
+    <w:rsid w:val="005646DC"/>
     <w:rsid w:val="00591644"/>
     <w:rsid w:val="005E0BF5"/>
     <w:rsid w:val="00600AC0"/>
     <w:rsid w:val="0061382D"/>
     <w:rsid w:val="00620A8F"/>
     <w:rsid w:val="00673452"/>
+    <w:rsid w:val="00680140"/>
     <w:rsid w:val="006805C0"/>
     <w:rsid w:val="00680EA3"/>
     <w:rsid w:val="006A44AA"/>
     <w:rsid w:val="006C2E10"/>
     <w:rsid w:val="006E1288"/>
     <w:rsid w:val="006E1F65"/>
     <w:rsid w:val="006F0CB6"/>
     <w:rsid w:val="00700416"/>
     <w:rsid w:val="007103C3"/>
     <w:rsid w:val="00716255"/>
     <w:rsid w:val="00727467"/>
     <w:rsid w:val="00727D7C"/>
     <w:rsid w:val="00751D99"/>
     <w:rsid w:val="00752020"/>
     <w:rsid w:val="00753345"/>
     <w:rsid w:val="007829A5"/>
     <w:rsid w:val="00790B93"/>
     <w:rsid w:val="007A7D9F"/>
     <w:rsid w:val="007B608C"/>
     <w:rsid w:val="007D0118"/>
     <w:rsid w:val="0082503B"/>
     <w:rsid w:val="00825F51"/>
     <w:rsid w:val="008403BF"/>
     <w:rsid w:val="00856B31"/>
+    <w:rsid w:val="00892F96"/>
+    <w:rsid w:val="00894EB5"/>
     <w:rsid w:val="008A723B"/>
     <w:rsid w:val="008D173F"/>
     <w:rsid w:val="008D5898"/>
     <w:rsid w:val="008D6429"/>
     <w:rsid w:val="008E72C3"/>
     <w:rsid w:val="008F0F55"/>
     <w:rsid w:val="008F1957"/>
     <w:rsid w:val="00925AE0"/>
     <w:rsid w:val="009633E4"/>
     <w:rsid w:val="00964DE8"/>
+    <w:rsid w:val="00984E70"/>
     <w:rsid w:val="009879FA"/>
     <w:rsid w:val="009919F8"/>
     <w:rsid w:val="00992330"/>
     <w:rsid w:val="00993F5F"/>
     <w:rsid w:val="009B02DC"/>
     <w:rsid w:val="009F36EF"/>
     <w:rsid w:val="00A0430C"/>
     <w:rsid w:val="00A10058"/>
     <w:rsid w:val="00A23A48"/>
     <w:rsid w:val="00A33FF1"/>
     <w:rsid w:val="00A561EE"/>
     <w:rsid w:val="00A62075"/>
     <w:rsid w:val="00A74BAD"/>
     <w:rsid w:val="00A96DF0"/>
+    <w:rsid w:val="00AA1DC4"/>
     <w:rsid w:val="00AA2DDA"/>
     <w:rsid w:val="00AB3E5E"/>
     <w:rsid w:val="00AB6FB7"/>
     <w:rsid w:val="00B00352"/>
     <w:rsid w:val="00B03093"/>
     <w:rsid w:val="00B27F28"/>
     <w:rsid w:val="00B3024D"/>
     <w:rsid w:val="00B3629B"/>
     <w:rsid w:val="00B36BCE"/>
+    <w:rsid w:val="00B55654"/>
+    <w:rsid w:val="00BB6264"/>
     <w:rsid w:val="00BF23E9"/>
     <w:rsid w:val="00BF52C8"/>
     <w:rsid w:val="00BF6499"/>
     <w:rsid w:val="00C02D16"/>
     <w:rsid w:val="00C11D1E"/>
     <w:rsid w:val="00C177AC"/>
     <w:rsid w:val="00C4317F"/>
     <w:rsid w:val="00C43BF0"/>
     <w:rsid w:val="00C46501"/>
     <w:rsid w:val="00C52465"/>
     <w:rsid w:val="00C56E7E"/>
     <w:rsid w:val="00C62CC2"/>
     <w:rsid w:val="00C76D0C"/>
     <w:rsid w:val="00C77773"/>
     <w:rsid w:val="00C8032D"/>
     <w:rsid w:val="00C86FBA"/>
     <w:rsid w:val="00C95EE2"/>
     <w:rsid w:val="00C97144"/>
     <w:rsid w:val="00CC3065"/>
+    <w:rsid w:val="00CD0512"/>
     <w:rsid w:val="00CD1AB4"/>
     <w:rsid w:val="00CD1CBF"/>
     <w:rsid w:val="00D011C0"/>
     <w:rsid w:val="00D2388E"/>
     <w:rsid w:val="00D24DB7"/>
     <w:rsid w:val="00D4564F"/>
     <w:rsid w:val="00D53F9E"/>
     <w:rsid w:val="00DC346C"/>
     <w:rsid w:val="00DE325C"/>
     <w:rsid w:val="00DE7515"/>
     <w:rsid w:val="00DF0AE7"/>
+    <w:rsid w:val="00DF7084"/>
     <w:rsid w:val="00E17B12"/>
     <w:rsid w:val="00E33172"/>
     <w:rsid w:val="00E90625"/>
     <w:rsid w:val="00E96907"/>
     <w:rsid w:val="00EA06C3"/>
     <w:rsid w:val="00EF57BF"/>
     <w:rsid w:val="00EF77F0"/>
     <w:rsid w:val="00F05A82"/>
     <w:rsid w:val="00F16A2D"/>
     <w:rsid w:val="00F26E51"/>
     <w:rsid w:val="00F50A53"/>
     <w:rsid w:val="00F61FAA"/>
     <w:rsid w:val="00F71F43"/>
     <w:rsid w:val="00F737A7"/>
     <w:rsid w:val="00F7523F"/>
+    <w:rsid w:val="00F81CAE"/>
     <w:rsid w:val="00F97531"/>
     <w:rsid w:val="00FA711E"/>
     <w:rsid w:val="00FB05F6"/>
+    <w:rsid w:val="00FB1DD3"/>
     <w:rsid w:val="00FD3991"/>
     <w:rsid w:val="00FE2C83"/>
     <w:rsid w:val="00FF1AF9"/>
     <w:rsid w:val="00FF2870"/>
+    <w:rsid w:val="00FF3A8C"/>
+    <w:rsid w:val="0B0DE30D"/>
+    <w:rsid w:val="0F25340B"/>
+    <w:rsid w:val="12E7BA6A"/>
+    <w:rsid w:val="19150DE0"/>
+    <w:rsid w:val="214959D2"/>
+    <w:rsid w:val="22155E40"/>
+    <w:rsid w:val="2D427DE1"/>
+    <w:rsid w:val="3211AB3F"/>
+    <w:rsid w:val="3AB18A73"/>
+    <w:rsid w:val="3AF43FC1"/>
+    <w:rsid w:val="3B9340E3"/>
+    <w:rsid w:val="5488139D"/>
+    <w:rsid w:val="73A1A1FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50DC8C1E"/>
@@ -7013,53 +6914,122 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004A397E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C473B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000C473B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000C473B"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7225,74 +7195,157 @@
     <w:qFormat/>
     <w:rsid w:val="00031843"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00031843"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000C473B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C473B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="408" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000C473B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000C473B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000C473B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7512,75 +7565,397 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="56dbcdac58d279d5a5bacc59cba3c70d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="081a60fffdd29b530f4892815ce79bdd" ns2:_="" ns3:_="">
+    <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+    <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bf525fb-8aec-463c-8437-5573e00e06f0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1c61abb9-490a-40d2-b969-a516ea1ea38e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50620664-9386-4F21-AEFA-47663F6C3331}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C1E675B-6EB7-4AB6-AC43-51D347762DFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+    <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E0CDE6E-C86E-4C56-88BE-2079D46E1463}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>785</Words>
-  <Characters>4480</Characters>
+  <Words>592</Words>
+  <Characters>4382</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>243</Lines>
+  <Paragraphs>138</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5255</CharactersWithSpaces>
+  <CharactersWithSpaces>4836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mealor, Emily C.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>