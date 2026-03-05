--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -1,812 +1,653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CE4D97" w:rsidP="00CE4D97" w:rsidRDefault="00CE4D97" w14:paraId="2FAF6143" w14:textId="1CD6260D">
+    <w:p w14:paraId="2FAF6143" w14:textId="1CD6260D" w:rsidR="00CE4D97" w:rsidRPr="00A46506" w:rsidRDefault="00CE4D97" w:rsidP="00A46506">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46506">
+        <w:t>SAMPLE LETTER TO LEGISLATOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E93DF3" w14:textId="77777777" w:rsidR="00CE4D97" w:rsidRDefault="00CE4D97" w:rsidP="00CE4D97">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE4D97">
-[...26 lines deleted...]
-          <w:szCs w:val="22"/>
+    </w:p>
+    <w:p w14:paraId="43D142B7" w14:textId="6F5EF377" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="5DE60278" w14:textId="77777777" w14:noSpellErr="1">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5DE60278" w14:textId="77777777" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="144795BA" w14:textId="69A58E6E" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Honorable (First and Last Name)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="740686CC" w14:textId="1A02C964" w14:noSpellErr="1">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="740686CC" w14:textId="1A02C964" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Street Address</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="0549EC29" w14:textId="0074FC9C" w14:noSpellErr="1">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0549EC29" w14:textId="0074FC9C" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>City, NC, ZIP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="0E11BA3E" w14:textId="77777777" w14:noSpellErr="1">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0E11BA3E" w14:textId="77777777" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="160A5983" w14:textId="1E5149B9" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dear Representative or Senator (Last Name),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="160A5983" w14:textId="77777777" w14:noSpellErr="1">
-[...67 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1D5AA7AB" w14:textId="111EEFA0" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The (Grassroots partner name) is pleased to have served as the funding partner for the North Carolina Arts Council’s Grassroots Arts Program this year. We are writing to convey our sincerest thanks for your continued support of this allocation of funds which greatly supports arts programming in (County Name).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C19B89" w14:textId="13024A7C" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This year, with Grassroots support, </w:t>
+      </w:r>
+      <w:r w:rsidR="31BF06DE" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funded </w:t>
+      </w:r>
+      <w:r w:rsidR="787F842A" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(##</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) arts organizations and (</w:t>
+      </w:r>
+      <w:r w:rsidR="12B044EA" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>##</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) school and community groups, serving more than (insert total number) participants</w:t>
+      </w:r>
+      <w:r w:rsidR="47EDAC57" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in (county name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4D97" w:rsidP="6624F2CF" w:rsidRDefault="00CE4D97" w14:paraId="02C19B89" w14:textId="13024A7C">
-[...65 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="43A67272" w14:textId="6E08A3E8" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="649F238B" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>These funds</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impacted </w:t>
+      </w:r>
+      <w:r w:rsidR="2B2ADFDA" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>citizens across our county, for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Insert an example of a program you were particularly proud of funding, examples could be a concert series, teaching artist being brought into your school system, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="1D9CFE1E" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> These Grassroots funded projects enriched our community’s lives, sparked creativity and imagination, and contributed dollars directly to our local economy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB0BEE0" w14:textId="7151F287" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="00CE4D97" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For every state dollar invested in the North Carolina Arts Council’s Grassroots Arts Program, </w:t>
+      </w:r>
+      <w:r w:rsidR="7063EC0F" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $20 </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1A70" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is leveraged in matching funds from private businesses, local government, and </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5549" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual donors.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B5430C" w14:textId="0E24F90C" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>On behalf of the board of directors and our staff, thank you again for helping to enrich the lives of our students and citizens.</w:t>
+      </w:r>
+      <w:r w:rsidR="277C12DC" w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6624F2CF" w:rsidR="00CE4D97">
-[...238 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We hope you will join us at an upcoming event! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D9B779" w14:textId="38A610B2" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please don’t hesitate to reach out to me directly at (phone number) or at (email address)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5792E710" w14:textId="77777777" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B337A3" w14:textId="2F85ED6A" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E1A70" w:rsidP="6624F2CF" w:rsidRDefault="005E1A70" w14:paraId="67B337A3" w14:textId="77777777" w14:noSpellErr="1">
-[...33 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="481B1ABA" w14:textId="77777777" w:rsidR="005E1A70" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231FFA68" w14:textId="43DD30A0" w:rsidR="00CE4D97" w:rsidRPr="0069684F" w:rsidRDefault="005E1A70" w:rsidP="6624F2CF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069684F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Executive Director/Board President Name)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CE4D97">
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00CE4D97" w:rsidRPr="0069684F">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02020500000000000000"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="76"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE4D97"/>
+    <w:rsid w:val="000F022D"/>
     <w:rsid w:val="005E1A70"/>
     <w:rsid w:val="005E5549"/>
+    <w:rsid w:val="0069684F"/>
+    <w:rsid w:val="00A46506"/>
     <w:rsid w:val="00CE4D97"/>
     <w:rsid w:val="023F3B7A"/>
     <w:rsid w:val="02967B56"/>
     <w:rsid w:val="079B06E4"/>
     <w:rsid w:val="12B044EA"/>
     <w:rsid w:val="1A456A8B"/>
     <w:rsid w:val="1D9CFE1E"/>
     <w:rsid w:val="23F61898"/>
     <w:rsid w:val="2591E8F9"/>
     <w:rsid w:val="277C12DC"/>
     <w:rsid w:val="28C989BB"/>
     <w:rsid w:val="2B2ADFDA"/>
     <w:rsid w:val="2B591D0F"/>
     <w:rsid w:val="2E90BDD1"/>
     <w:rsid w:val="31BF06DE"/>
     <w:rsid w:val="47EDAC57"/>
     <w:rsid w:val="53C17019"/>
     <w:rsid w:val="57AA9F66"/>
     <w:rsid w:val="5BCE1595"/>
     <w:rsid w:val="649F238B"/>
     <w:rsid w:val="6624F2CF"/>
     <w:rsid w:val="7063EC0F"/>
     <w:rsid w:val="787F842A"/>
     <w:rsid w:val="7AD5AC38"/>
     <w:rsid w:val="7AFD4CE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="23E8E9E1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2F32DB05-DB89-4A45-AD08-24D32518A15C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -962,52 +803,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1074,92 +915,120 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A46506"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A46506"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1426,50 +1295,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9bf525fb-8aec-463c-8437-5573e00e06f0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C81A7BE11EB38E4299DD6EA58AED5D3F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="670c53c4b6a1e8bc5e1e480c9871699f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bf525fb-8aec-463c-8437-5573e00e06f0" xmlns:ns3="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="171de61a566244e7eae4c215e5cc5843" ns2:_="" ns3:_="">
     <xsd:import namespace="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
     <xsd:import namespace="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -1666,94 +1555,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58C0252D-A050-422D-89E3-78525B6E4E25}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBB74F14-A49D-43E0-AECB-B9CA61F79B9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3B76816-CB26-4EAB-8AA2-D694F674F7DA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3B76816-CB26-4EAB-8AA2-D694F674F7DA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBB74F14-A49D-43E0-AECB-B9CA61F79B9B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58C0252D-A050-422D-89E3-78525B6E4E25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9bf525fb-8aec-463c-8437-5573e00e06f0"/>
+    <ds:schemaRef ds:uri="4cb6f0f2-89fb-4381-9cb2-a2abf7f796a9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>240</Words>
+  <Characters>1325</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>31</Lines>
+  <Paragraphs>16</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1549</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gerweck, Sam</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C81A7BE11EB38E4299DD6EA58AED5D3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>